--- v0 (2025-10-05)
+++ v1 (2025-11-17)
@@ -1,190 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pmicloud.sharepoint.com/teams/InvestorRelationsFinancialCommunications-PMIStrategy-Global/Shared Documents/Departmental Drive/INVESTOR MEETINGS &amp; CONFERENCES/2025/12. July Investor Deck/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pmicloud.sharepoint.com/teams/InvestorRelationsFinancialCommunications-PMIStrategy-Global/Shared Documents/Departmental Drive/INVESTOR MEETINGS &amp; CONFERENCES/2025/21. October Investor Deck/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1057" documentId="8_{529B8FA6-F3E7-4472-B26A-9D6DAAE13308}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A505A593-B9DB-4324-83D5-F26AD718E481}"/>
+  <xr:revisionPtr revIDLastSave="1465" documentId="8_{529B8FA6-F3E7-4472-B26A-9D6DAAE13308}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B945DB43-39F4-4772-AB9A-35F1BD45C6A7}"/>
   <bookViews>
-    <workbookView xWindow="4560" yWindow="1635" windowWidth="21600" windowHeight="11295" tabRatio="791" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="791" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="HnB - Jul'25" sheetId="11" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Cigs-Select Markets - Jul'25 " sheetId="9" r:id="rId5"/>
+    <sheet name="HnB - Oct'25" sheetId="11" r:id="rId1"/>
+    <sheet name="Vaping - Oct'25" sheetId="13" r:id="rId2"/>
+    <sheet name="Nic. Pouch-Global - Oct'25" sheetId="15" r:id="rId3"/>
+    <sheet name="Nic. Pouch-U.S. - Oct'25" sheetId="29" r:id="rId4"/>
+    <sheet name="Cigs-Select Markets - Oct'25 " sheetId="9" r:id="rId5"/>
+    <sheet name="Cigs-Select Markets - Comp" sheetId="32" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Cigs-Select Markets - Jul''25 '!$B$6:$N$6</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vaping - Jul''25'!$B$6:$G$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Cigs-Select Markets - Comp'!$B$6:$N$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Cigs-Select Markets - Oct''25 '!$B$6:$N$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'HnB - Oct''25'!$B$5:$R$82</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Nic. Pouch-Global - Oct''25'!$A$6:$G$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Nic. Pouch-U.S. - Oct''25'!$B$6:$E$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vaping - Oct''25'!$B$6:$G$6</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E10" i="15" l="1"/>
-[...5 lines deleted...]
-  <c r="P2" i="11"/>
+  <c r="L21" i="32" l="1"/>
+  <c r="L20" i="32"/>
+  <c r="L19" i="32"/>
+  <c r="L18" i="32"/>
+  <c r="L17" i="32"/>
+  <c r="L16" i="32"/>
+  <c r="L15" i="32"/>
+  <c r="L14" i="32"/>
+  <c r="L13" i="32"/>
+  <c r="L12" i="32"/>
+  <c r="L11" i="32"/>
+  <c r="L10" i="32"/>
+  <c r="L9" i="32"/>
+  <c r="L8" i="32"/>
+  <c r="L7" i="32"/>
+  <c r="J21" i="32"/>
+  <c r="J20" i="32"/>
+  <c r="J19" i="32"/>
+  <c r="J18" i="32"/>
+  <c r="J17" i="32"/>
+  <c r="J16" i="32"/>
+  <c r="J15" i="32"/>
+  <c r="J14" i="32"/>
+  <c r="J13" i="32"/>
+  <c r="J12" i="32"/>
+  <c r="J11" i="32"/>
+  <c r="J10" i="32"/>
+  <c r="J9" i="32"/>
+  <c r="J8" i="32"/>
+  <c r="J7" i="32"/>
+  <c r="H21" i="32"/>
+  <c r="H20" i="32"/>
+  <c r="H19" i="32"/>
+  <c r="H18" i="32"/>
+  <c r="H17" i="32"/>
+  <c r="H16" i="32"/>
+  <c r="H15" i="32"/>
+  <c r="H14" i="32"/>
+  <c r="H13" i="32"/>
+  <c r="H12" i="32"/>
+  <c r="H11" i="32"/>
+  <c r="H10" i="32"/>
+  <c r="H9" i="32"/>
+  <c r="H8" i="32"/>
+  <c r="H7" i="32"/>
+  <c r="F8" i="32"/>
+  <c r="F9" i="32"/>
+  <c r="F10" i="32"/>
+  <c r="F11" i="32"/>
+  <c r="F12" i="32"/>
+  <c r="F13" i="32"/>
+  <c r="F14" i="32"/>
+  <c r="F15" i="32"/>
+  <c r="F16" i="32"/>
+  <c r="F17" i="32"/>
+  <c r="F18" i="32"/>
+  <c r="F19" i="32"/>
+  <c r="F20" i="32"/>
+  <c r="F21" i="32"/>
+  <c r="F7" i="32"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="711" uniqueCount="277">
-[...73 lines deleted...]
-    <t>July 1st, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="850" uniqueCount="292">
+  <si>
+    <t>October 1st, 2025</t>
   </si>
   <si>
     <t xml:space="preserve">(a) Either an RSP, a recommended RSP or a maximum RSP, where applicable
 </t>
   </si>
   <si>
     <r>
       <t>RSP</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>(a)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Note: Non-exhaustive list. Excludes the U.S. and International Duty Free. Unless otherwise stated, 20 cigarettes / HTUs per pack. </t>
     </r>
@@ -261,50 +245,53 @@
   <si>
     <t xml:space="preserve">ILUMA </t>
   </si>
   <si>
     <t>ORIGINALS</t>
   </si>
   <si>
     <t>BONDS</t>
   </si>
   <si>
     <t>LIL</t>
   </si>
   <si>
     <t>ILUMA</t>
   </si>
   <si>
     <t>MARLBORO</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
+    <t>Market</t>
+  </si>
+  <si>
     <t>Currency</t>
   </si>
   <si>
     <t>PRIME</t>
   </si>
   <si>
     <t>ONE</t>
   </si>
   <si>
     <t>DUO</t>
   </si>
   <si>
     <t>SOLID</t>
   </si>
   <si>
     <t>LEVIA</t>
   </si>
   <si>
     <t>TEREA</t>
   </si>
   <si>
     <t>SENTIA / DELIA</t>
   </si>
   <si>
     <t>HEETS</t>
@@ -453,131 +440,182 @@
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>SWITZERLAND</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>UNITED KINGDOM</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>UKRAINE</t>
   </si>
   <si>
     <t>UAH</t>
   </si>
   <si>
     <t>SSEA, CIS &amp; MEA</t>
   </si>
   <si>
+    <t>ARMENIA</t>
+  </si>
+  <si>
     <t>AMD</t>
   </si>
   <si>
+    <t>AZERBAIJAN</t>
+  </si>
+  <si>
     <t>AZN</t>
   </si>
   <si>
     <t>BAHRAIN​</t>
   </si>
   <si>
     <t>BHD​</t>
   </si>
   <si>
+    <t>EGYPT</t>
+  </si>
+  <si>
     <t>EGP</t>
   </si>
   <si>
+    <t>GEORGIA</t>
+  </si>
+  <si>
     <t>GEL</t>
   </si>
   <si>
+    <t>INDONESIA</t>
+  </si>
+  <si>
     <t>IDR</t>
   </si>
   <si>
+    <t>ISRAEL</t>
+  </si>
+  <si>
     <t>ILS</t>
   </si>
   <si>
+    <t>JORDAN</t>
+  </si>
+  <si>
     <t>JOD</t>
   </si>
   <si>
+    <t>KAZAKHSTAN</t>
+  </si>
+  <si>
     <t>KZT</t>
   </si>
   <si>
     <t>KUWAIT​</t>
   </si>
   <si>
     <t>KWD​</t>
   </si>
   <si>
     <t>KYRGYZSTAN​</t>
   </si>
   <si>
     <t>KGS​</t>
   </si>
   <si>
+    <t>LEBANON</t>
+  </si>
+  <si>
     <t>USD/LBP</t>
   </si>
   <si>
+    <t>MALDIVES</t>
+  </si>
+  <si>
     <t>MVR</t>
   </si>
   <si>
     <t>MOROCCO​</t>
   </si>
   <si>
     <t>MAD​</t>
   </si>
   <si>
     <t>PALESTINE</t>
   </si>
   <si>
+    <t>PHILIPPINES</t>
+  </si>
+  <si>
     <t>PHP</t>
   </si>
   <si>
+    <t>REUNION</t>
+  </si>
+  <si>
+    <t>RUSSIA</t>
+  </si>
+  <si>
     <t>RUB</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2990/1990/1290 </t>
+    <t>LIL kits: Lil Hybryd/Lil 3.0/ Lil 2.0</t>
+  </si>
+  <si>
+    <t>SAUDI ARABIA</t>
   </si>
   <si>
     <t>SAR​​​</t>
   </si>
   <si>
+    <t>SOUTH AFRICA</t>
+  </si>
+  <si>
     <t>ZAR</t>
   </si>
   <si>
+    <t>TADJIKISTAN</t>
+  </si>
+  <si>
     <t>TJS</t>
   </si>
   <si>
     <t>TUNISIA​</t>
   </si>
   <si>
     <t>TND​</t>
   </si>
   <si>
+    <t>TURKISH CYPRUS</t>
+  </si>
+  <si>
     <t>TRY</t>
   </si>
   <si>
     <t>UAE​</t>
   </si>
   <si>
     <t>AED​</t>
   </si>
   <si>
     <t>UZBEKISTAN​</t>
   </si>
   <si>
     <t>UZS​</t>
   </si>
   <si>
     <t>EA, AU &amp; GTR</t>
   </si>
   <si>
     <t>JAPAN</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>MALAYSIA</t>
@@ -597,119 +635,123 @@
   <si>
     <t>KRW</t>
   </si>
   <si>
     <t>AMERICAS</t>
   </si>
   <si>
     <t>ARUBA</t>
   </si>
   <si>
     <t>AWG</t>
   </si>
   <si>
     <t>BONAIRE</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
+    <t>RSPs are for the Province of Ontario. HTU RSP is per 20 sticks equivalent based on individual 180s selling unit. HTUs are sold in cartons of 10 packs of 18 units (180s), and 3 packs of 18 units (54s), for 98.30 and 37.84, includes 13% VAT . Cigarette RSP for pack of 20 cigarettes equivalent (RBH brand: Belmont 20s), includes 13% VAT.</t>
+  </si>
+  <si>
     <t>COLOMBIA</t>
   </si>
   <si>
     <t>COP</t>
   </si>
   <si>
     <t>COSTA RICA</t>
   </si>
   <si>
     <t>CRC</t>
   </si>
   <si>
     <t>CURACAO</t>
   </si>
   <si>
     <t>ANG</t>
   </si>
   <si>
     <t>DOMINICAN REP.</t>
   </si>
   <si>
     <t>DOP</t>
   </si>
   <si>
     <t>ECUADOR</t>
   </si>
   <si>
     <t>EL SALVADOR</t>
   </si>
   <si>
     <t>GUATEMALA</t>
   </si>
   <si>
     <t>GTQ</t>
   </si>
   <si>
     <t>MEXICO</t>
   </si>
   <si>
     <t>MXN</t>
   </si>
   <si>
-    <t>Note: Non-exhaustive list. 
-[...1 lines deleted...]
-Source: PMI affiliates</t>
+    <t>July 1st, 2025</t>
   </si>
   <si>
     <t>VEEV ONE</t>
   </si>
   <si>
     <t>VEEV NOW</t>
   </si>
   <si>
     <t>VEEV 2.0</t>
   </si>
   <si>
     <t>Kit</t>
   </si>
   <si>
     <t>Pod</t>
   </si>
   <si>
     <t>BELGIUM</t>
   </si>
   <si>
     <t>FINLAND</t>
   </si>
   <si>
     <t xml:space="preserve">ROMANIA </t>
+  </si>
+  <si>
+    <t>KUWAIT</t>
   </si>
   <si>
     <t>KWD</t>
   </si>
   <si>
     <t>FRENCH POLYNESIA</t>
   </si>
   <si>
     <t>XPF</t>
   </si>
   <si>
     <t>NEW CALEDONIA</t>
   </si>
   <si>
     <t>DOMINICAN REPUBLIC</t>
   </si>
   <si>
     <t>HONDURAS</t>
   </si>
   <si>
     <t>HNL</t>
   </si>
   <si>
     <t>PARAGUAY</t>
   </si>
@@ -717,90 +759,117 @@
     <t>PYG</t>
   </si>
   <si>
     <t>PERU</t>
   </si>
   <si>
     <t>PEN</t>
   </si>
   <si>
     <t>TRINIDAD &amp; TOBAGO</t>
   </si>
   <si>
     <t>TTD</t>
   </si>
   <si>
     <t>Note: Non-exhaustive list. 20 pouches/can, except Philippines, South Africa and Bhutan where 15 pouches/can
 Source: PMI affiliates</t>
   </si>
   <si>
     <t>ZYN (RSP/Can)</t>
   </si>
   <si>
     <t>BOSNIA &amp; HERZ.</t>
   </si>
   <si>
+    <t xml:space="preserve">FRANCE </t>
+  </si>
+  <si>
     <t>ICELAND</t>
   </si>
   <si>
     <t>ISK</t>
   </si>
   <si>
+    <t>IRELAND</t>
+  </si>
+  <si>
     <t>NORWAY</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
+    <t>BHUTAN</t>
+  </si>
+  <si>
     <t>BTN</t>
   </si>
   <si>
+    <t>CAMBODIA</t>
+  </si>
+  <si>
+    <t>KHR</t>
+  </si>
+  <si>
     <t>LESOTHO</t>
   </si>
   <si>
     <t>ZAR​</t>
   </si>
   <si>
     <t>NAMIBIA</t>
   </si>
   <si>
+    <t>NEPAL</t>
+  </si>
+  <si>
     <t>NPR</t>
   </si>
   <si>
     <t>PHP​</t>
   </si>
   <si>
+    <t>PAKISTAN</t>
+  </si>
+  <si>
     <t>PKR​</t>
   </si>
   <si>
     <t>THAILAND</t>
   </si>
   <si>
     <t>THB</t>
   </si>
   <si>
+    <t>UAE</t>
+  </si>
+  <si>
     <t>AED</t>
+  </si>
+  <si>
+    <t>JPN</t>
   </si>
   <si>
     <t>Nielsen, based on 13-weeks period</t>
   </si>
   <si>
     <t>Note: Non-exhaustive list. 15 pouches/can
 U.S. retail selling price at the register, including the state/municipalities unique tax structures as well as promotions.
 Source: PMI affiliates, Nielsen, retail selling prices based on 13-weeks period</t>
   </si>
   <si>
     <t>ALABAMA</t>
   </si>
   <si>
     <t>ARIZONA</t>
   </si>
   <si>
     <t>CALIFORNIA</t>
   </si>
   <si>
     <t>COLORADO</t>
   </si>
   <si>
     <t>FLORIDA</t>
   </si>
   <si>
@@ -915,136 +984,171 @@
   <si>
     <t xml:space="preserve">INDONESIA </t>
   </si>
   <si>
     <t>Sampoerna A Mild</t>
   </si>
   <si>
     <t>Sampoerna A Ultra Mild</t>
   </si>
   <si>
     <t>Fortune</t>
   </si>
   <si>
     <t xml:space="preserve"> Parliament </t>
   </si>
   <si>
     <t xml:space="preserve"> Marlboro </t>
   </si>
   <si>
     <t xml:space="preserve"> Marlboro Crafted </t>
   </si>
   <si>
     <t xml:space="preserve"> Chesterfield Selection Compact </t>
   </si>
   <si>
+    <t>TURKEY</t>
+  </si>
+  <si>
     <t>Parliament</t>
   </si>
   <si>
     <t>Muratti</t>
   </si>
   <si>
     <t>AUSTRALIA</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>Peter Jackson</t>
   </si>
   <si>
     <t>Bond Street</t>
   </si>
   <si>
     <t>Marlboro / Parliament</t>
   </si>
   <si>
     <t>600.0 / 580.0</t>
   </si>
   <si>
     <t>Lark</t>
   </si>
   <si>
     <t>Philip Morris</t>
   </si>
   <si>
     <t>ARGENTINA</t>
   </si>
   <si>
     <t>ARS</t>
   </si>
   <si>
     <t>Marlboro Vista</t>
   </si>
   <si>
+    <t>RSPs for Philip Morris and Marlboro Crafted represent soft pack prices</t>
+  </si>
+  <si>
+    <t>Diana at 5.30</t>
+  </si>
+  <si>
+    <t>Based on Nielsen May 2025. Reflects average observed retail selling prices. 16 cigarettes per pack. SKM low tar category segment</t>
+  </si>
+  <si>
+    <t>Declared prices for Jul'25</t>
+  </si>
+  <si>
+    <t>PMI increase prices increased by +5 TRY across on 9th iof July.  Price for Parliament is 92, Marlboro 90, Muratti 87, L&amp;M 85</t>
+  </si>
+  <si>
+    <t>Marlboro decreased by 1 AUD •	Apr submission was RRSP and by then retailer could provide additional discount on top of this RRSP
+•	However, from June onward, due to the regulatory change, retailers no longer allow to provide discount
+•	Therefore, Market had to reposition its RSP baking in the discount portion 
+•	As a result, in terms of RSP perspective, it shows a bit decrease vs. prior submission</t>
+  </si>
+  <si>
+    <t>3EUR per 1 pod pack</t>
+  </si>
+  <si>
+    <t>Marlboro Core</t>
+  </si>
+  <si>
+    <t>L&amp;M First Cut</t>
+  </si>
+  <si>
+    <t>SPAIN MAINLAND</t>
+  </si>
+  <si>
+    <t>IRAQ</t>
+  </si>
+  <si>
+    <t>IQD</t>
+  </si>
+  <si>
+    <t>CHILE</t>
+  </si>
+  <si>
+    <t>CLP</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Q2'25
+      <t xml:space="preserve">Q3'25
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
-      <t>(13 weeks Ending 06-28-25)</t>
+      <t>(13 weeks Ending 09-27-25)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">FRANCE </t>
-[...17 lines deleted...]
-    <t>Previously published price of 8.90CHF referred to 21-pouch cans. 7.90CHF refers to 20-pouch cans</t>
+    <t xml:space="preserve">2990 / 1990 / 1290 </t>
+  </si>
+  <si>
+    <t>Note: Non-exhaustive list. 
+Pod RSPs are displayed per pack. All VEEV Pod packs include 2 pods, unless otherwise stated
+Source: PMI affiliates</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="38" x14ac:knownFonts="1">
+  <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
@@ -1168,134 +1272,142 @@
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <i/>
       <sz val="9"/>
       <color rgb="FF181717"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="10">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1304,50 +1416,56 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00602B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE3E9F5"/>
         <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
       <right style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </top>
       <bottom style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </bottom>
       <diagonal/>
@@ -1413,462 +1531,569 @@
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="thick">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="139">
+  <cellXfs count="165">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
-    </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="9" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
-    </xf>
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="166" fontId="7" fillId="9" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="9" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="9" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="165" fontId="8" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="24" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="24" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="8" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="8" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="33" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="33" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="33" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="165" fontId="24" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="33" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="24" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="33" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="33" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...12 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="33" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="2" fontId="38" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="7" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="2" fontId="38" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="5" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="2" fontId="38" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="17" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="165" fontId="18" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="166" fontId="8" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="9" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent 2" xfId="2" xr:uid="{791B0069-3C05-4C27-AE97-C9A1A095AC46}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="1">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{3779DC59-B561-495E-B955-76BF2F5FD00A}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE3E9F5"/>
       <color rgb="FF00602B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2108,7308 +2333,8198 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E292C92-DE6A-4DA2-83E4-E401B0C380D7}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
-  <dimension ref="B2:V82"/>
+  <dimension ref="B2:V83"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="P3" sqref="P3"/>
       <selection pane="bottomLeft" activeCell="P3" sqref="P3"/>
-      <selection pane="bottomRight" activeCell="T16" sqref="T16"/>
+      <selection pane="bottomRight" activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="9"/>
-[...19 lines deleted...]
-    <col min="23" max="16384" width="9.140625" style="9"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="73.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="30" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="10" width="10.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="8.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12" style="1" customWidth="1"/>
+    <col min="16" max="16" width="10" style="1" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="10.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="17.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="2.7109375" style="1" customWidth="1"/>
+    <col min="20" max="20" width="65.28515625" style="44" customWidth="1"/>
+    <col min="21" max="21" width="12.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="139" style="1" customWidth="1"/>
+    <col min="23" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:22" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="11" t="s">
+      <c r="B2" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="2:22" ht="26.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="45"/>
+      <c r="E3" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="46"/>
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="46"/>
+      <c r="M3" s="46"/>
+      <c r="N3" s="46"/>
+      <c r="O3" s="46"/>
+      <c r="P3" s="46"/>
+      <c r="Q3" s="46"/>
+      <c r="R3" s="46"/>
+    </row>
+    <row r="4" spans="2:22" s="2" customFormat="1" ht="36.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="47" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="47"/>
+      <c r="E4" s="48" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="48"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="48"/>
+      <c r="K4" s="48"/>
+      <c r="L4" s="48" t="s">
+        <v>5</v>
+      </c>
+      <c r="M4" s="48"/>
+      <c r="N4" s="48"/>
+      <c r="O4" s="48"/>
+      <c r="P4" s="48"/>
+      <c r="Q4" s="48"/>
+      <c r="R4" s="48" t="s">
+        <v>6</v>
+      </c>
+      <c r="T4" s="49"/>
+    </row>
+    <row r="5" spans="2:22" ht="31.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="50" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" s="51"/>
+      <c r="G5" s="51"/>
+      <c r="H5" s="50" t="s">
+        <v>9</v>
+      </c>
+      <c r="I5" s="51"/>
+      <c r="J5" s="157" t="s">
+        <v>10</v>
+      </c>
+      <c r="K5" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="L5" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="M5" s="50"/>
+      <c r="N5" s="52"/>
+      <c r="O5" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="P5" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q5" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="R5" s="159" t="s">
+        <v>13</v>
+      </c>
+      <c r="T5" s="159" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="2:22" s="3" customFormat="1" ht="37.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" s="25" t="s">
+        <v>20</v>
+      </c>
+      <c r="I6" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="158"/>
+      <c r="K6" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="L6" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="M6" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" s="53" t="s">
         <v>24</v>
       </c>
-      <c r="P2" s="9">
-[...5 lines deleted...]
-      <c r="B3" s="12" t="s">
+      <c r="O6" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="13"/>
-      <c r="E3" s="14" t="s">
+      <c r="P6" s="25" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="14"/>
-[...14 lines deleted...]
-      <c r="B4" s="15" t="s">
+      <c r="Q6" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="C4" s="15"/>
-      <c r="E4" s="17" t="s">
+      <c r="R6" s="160"/>
+      <c r="T6" s="159"/>
+    </row>
+    <row r="7" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="54" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="17"/>
-[...5 lines deleted...]
-      <c r="L4" s="17" t="s">
+      <c r="C7" s="54" t="s">
         <v>29</v>
       </c>
-      <c r="M4" s="17"/>
-[...4 lines deleted...]
-      <c r="R4" s="17" t="s">
+      <c r="D7" s="55" t="s">
         <v>30</v>
       </c>
-      <c r="T4" s="18"/>
-[...2 lines deleted...]
-      <c r="B5" s="19" t="s">
+      <c r="E7" s="56">
+        <v>10200</v>
+      </c>
+      <c r="F7" s="57">
+        <v>6900</v>
+      </c>
+      <c r="G7" s="57">
+        <v>4300</v>
+      </c>
+      <c r="H7" s="58">
+        <v>0</v>
+      </c>
+      <c r="I7" s="58">
+        <v>0</v>
+      </c>
+      <c r="J7" s="58">
+        <v>0</v>
+      </c>
+      <c r="K7" s="57">
+        <v>2000</v>
+      </c>
+      <c r="L7" s="58">
+        <v>0</v>
+      </c>
+      <c r="M7" s="58">
+        <v>300</v>
+      </c>
+      <c r="N7" s="58">
+        <v>0</v>
+      </c>
+      <c r="O7" s="58">
+        <v>300</v>
+      </c>
+      <c r="P7" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="58">
+        <v>270</v>
+      </c>
+      <c r="R7" s="58">
+        <v>390</v>
+      </c>
+      <c r="T7" s="59"/>
+      <c r="U7" s="60"/>
+      <c r="V7" s="60"/>
+    </row>
+    <row r="8" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="61" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="62" t="s">
         <v>31</v>
       </c>
-      <c r="E5" s="20" t="s">
+      <c r="D8" s="63" t="s">
         <v>32</v>
       </c>
-      <c r="F5" s="21"/>
-[...1 lines deleted...]
-      <c r="H5" s="20" t="s">
+      <c r="E8" s="64">
+        <v>99</v>
+      </c>
+      <c r="F8" s="65">
+        <v>69</v>
+      </c>
+      <c r="G8" s="65">
+        <v>59</v>
+      </c>
+      <c r="H8" s="65">
+        <v>0</v>
+      </c>
+      <c r="I8" s="65">
+        <v>0</v>
+      </c>
+      <c r="J8" s="65">
+        <v>0</v>
+      </c>
+      <c r="K8" s="66">
+        <v>0</v>
+      </c>
+      <c r="L8" s="65">
+        <v>3.85</v>
+      </c>
+      <c r="M8" s="67">
+        <v>3.85</v>
+      </c>
+      <c r="N8" s="65">
+        <v>0</v>
+      </c>
+      <c r="O8" s="67">
+        <v>0</v>
+      </c>
+      <c r="P8" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="67">
+        <v>0</v>
+      </c>
+      <c r="R8" s="67">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="T8" s="59"/>
+      <c r="U8" s="60"/>
+      <c r="V8" s="60"/>
+    </row>
+    <row r="9" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="54" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="21"/>
-      <c r="J5" s="131" t="s">
+      <c r="D9" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="68">
+        <v>0</v>
+      </c>
+      <c r="F9" s="58">
+        <v>0</v>
+      </c>
+      <c r="G9" s="58">
+        <v>0</v>
+      </c>
+      <c r="H9" s="58">
+        <v>49</v>
+      </c>
+      <c r="I9" s="58">
+        <v>29</v>
+      </c>
+      <c r="J9" s="58">
+        <v>0</v>
+      </c>
+      <c r="K9" s="57">
+        <v>0</v>
+      </c>
+      <c r="L9" s="58">
+        <v>0</v>
+      </c>
+      <c r="M9" s="58">
+        <v>0</v>
+      </c>
+      <c r="N9" s="58">
+        <v>0</v>
+      </c>
+      <c r="O9" s="69">
+        <v>6.2</v>
+      </c>
+      <c r="P9" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="58">
+        <v>0</v>
+      </c>
+      <c r="R9" s="69">
+        <v>6.9</v>
+      </c>
+      <c r="T9" s="59"/>
+      <c r="U9" s="60"/>
+      <c r="V9" s="60"/>
+    </row>
+    <row r="10" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="62" t="s">
         <v>34</v>
       </c>
-      <c r="K5" s="20" t="s">
+      <c r="D10" s="63" t="s">
         <v>35</v>
       </c>
-      <c r="L5" s="20" t="s">
+      <c r="E10" s="64">
+        <v>199</v>
+      </c>
+      <c r="F10" s="65">
+        <v>135</v>
+      </c>
+      <c r="G10" s="65">
+        <v>85</v>
+      </c>
+      <c r="H10" s="65">
+        <v>0</v>
+      </c>
+      <c r="I10" s="65">
+        <v>0</v>
+      </c>
+      <c r="J10" s="65">
+        <v>0</v>
+      </c>
+      <c r="K10" s="65">
+        <v>39</v>
+      </c>
+      <c r="L10" s="65">
+        <v>0</v>
+      </c>
+      <c r="M10" s="67">
+        <v>6</v>
+      </c>
+      <c r="N10" s="65">
+        <v>0</v>
+      </c>
+      <c r="O10" s="67">
+        <v>6</v>
+      </c>
+      <c r="P10" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="67">
+        <v>5.8</v>
+      </c>
+      <c r="R10" s="67">
+        <v>6.8</v>
+      </c>
+      <c r="T10" s="59"/>
+      <c r="U10" s="60"/>
+      <c r="V10" s="60"/>
+    </row>
+    <row r="11" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="54" t="s">
         <v>36</v>
       </c>
-      <c r="M5" s="20"/>
-[...4 lines deleted...]
-      <c r="P5" s="23" t="s">
+      <c r="D11" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="68">
+        <v>180</v>
+      </c>
+      <c r="F11" s="58">
+        <v>105</v>
+      </c>
+      <c r="G11" s="58">
+        <v>55</v>
+      </c>
+      <c r="H11" s="58">
+        <v>0</v>
+      </c>
+      <c r="I11" s="58">
+        <v>0</v>
+      </c>
+      <c r="J11" s="58">
+        <v>0</v>
+      </c>
+      <c r="K11" s="58">
+        <v>19</v>
+      </c>
+      <c r="L11" s="69">
+        <v>6.5</v>
+      </c>
+      <c r="M11" s="69">
+        <v>6.5</v>
+      </c>
+      <c r="N11" s="69">
+        <v>6</v>
+      </c>
+      <c r="O11" s="69">
+        <v>6.5</v>
+      </c>
+      <c r="P11" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="69">
+        <v>5.5</v>
+      </c>
+      <c r="R11" s="69">
+        <v>7.3</v>
+      </c>
+      <c r="T11" s="59"/>
+      <c r="U11" s="60"/>
+      <c r="V11" s="60"/>
+    </row>
+    <row r="12" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="62" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="64">
+        <v>89</v>
+      </c>
+      <c r="F12" s="65">
+        <v>59</v>
+      </c>
+      <c r="G12" s="65">
+        <v>29</v>
+      </c>
+      <c r="H12" s="65">
+        <v>0</v>
+      </c>
+      <c r="I12" s="65">
+        <v>0</v>
+      </c>
+      <c r="J12" s="65">
+        <v>0</v>
+      </c>
+      <c r="K12" s="65">
+        <v>0</v>
+      </c>
+      <c r="L12" s="65">
+        <v>3.5</v>
+      </c>
+      <c r="M12" s="67">
+        <v>3.5</v>
+      </c>
+      <c r="N12" s="65">
+        <v>0</v>
+      </c>
+      <c r="O12" s="67">
+        <v>0</v>
+      </c>
+      <c r="P12" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="67">
+        <v>0</v>
+      </c>
+      <c r="R12" s="67">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="T12" s="59"/>
+      <c r="U12" s="60"/>
+      <c r="V12" s="60"/>
+    </row>
+    <row r="13" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="68">
+        <v>89</v>
+      </c>
+      <c r="F13" s="58">
+        <v>59</v>
+      </c>
+      <c r="G13" s="58">
+        <v>39</v>
+      </c>
+      <c r="H13" s="58">
+        <v>0</v>
+      </c>
+      <c r="I13" s="58">
+        <v>0</v>
+      </c>
+      <c r="J13" s="58">
+        <v>0</v>
+      </c>
+      <c r="K13" s="58">
+        <v>19</v>
+      </c>
+      <c r="L13" s="58">
+        <v>0</v>
+      </c>
+      <c r="M13" s="69">
+        <v>4.3</v>
+      </c>
+      <c r="N13" s="58">
+        <v>0</v>
+      </c>
+      <c r="O13" s="69">
+        <v>4.3</v>
+      </c>
+      <c r="P13" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="69">
+        <v>3.9</v>
+      </c>
+      <c r="R13" s="69">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="T13" s="59"/>
+      <c r="U13" s="60"/>
+      <c r="V13" s="60"/>
+    </row>
+    <row r="14" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="62" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="64">
+        <v>109</v>
+      </c>
+      <c r="F14" s="65">
+        <v>69</v>
+      </c>
+      <c r="G14" s="65">
+        <v>39</v>
+      </c>
+      <c r="H14" s="65">
+        <v>0</v>
+      </c>
+      <c r="I14" s="65">
+        <v>0</v>
+      </c>
+      <c r="J14" s="65">
+        <v>0</v>
+      </c>
+      <c r="K14" s="65">
+        <v>15</v>
+      </c>
+      <c r="L14" s="65">
+        <v>0</v>
+      </c>
+      <c r="M14" s="67">
+        <v>4.2</v>
+      </c>
+      <c r="N14" s="65">
+        <v>0</v>
+      </c>
+      <c r="O14" s="67">
+        <v>0</v>
+      </c>
+      <c r="P14" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="67">
+        <v>3.5</v>
+      </c>
+      <c r="R14" s="67">
+        <v>5</v>
+      </c>
+      <c r="T14" s="59"/>
+      <c r="U14" s="60"/>
+      <c r="V14" s="60"/>
+    </row>
+    <row r="15" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="54" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="56">
+        <v>2690</v>
+      </c>
+      <c r="F15" s="57">
+        <v>1690</v>
+      </c>
+      <c r="G15" s="57">
+        <v>890</v>
+      </c>
+      <c r="H15" s="58">
+        <v>0</v>
+      </c>
+      <c r="I15" s="58">
+        <v>0</v>
+      </c>
+      <c r="J15" s="58">
+        <v>0</v>
+      </c>
+      <c r="K15" s="58">
+        <v>690</v>
+      </c>
+      <c r="L15" s="58">
+        <v>140</v>
+      </c>
+      <c r="M15" s="58">
+        <v>140</v>
+      </c>
+      <c r="N15" s="58">
+        <v>130</v>
+      </c>
+      <c r="O15" s="58">
+        <v>140</v>
+      </c>
+      <c r="P15" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="58">
+        <v>125</v>
+      </c>
+      <c r="R15" s="58">
+        <v>174</v>
+      </c>
+      <c r="T15" s="59"/>
+      <c r="U15" s="60"/>
+      <c r="V15" s="60"/>
+    </row>
+    <row r="16" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="62" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="63" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" s="64">
+        <v>699</v>
+      </c>
+      <c r="F16" s="65">
+        <v>399</v>
+      </c>
+      <c r="G16" s="65">
+        <v>199</v>
+      </c>
+      <c r="H16" s="65">
+        <v>0</v>
+      </c>
+      <c r="I16" s="65">
+        <v>0</v>
+      </c>
+      <c r="J16" s="65">
+        <v>0</v>
+      </c>
+      <c r="K16" s="65">
+        <v>0</v>
+      </c>
+      <c r="L16" s="65">
+        <v>51</v>
+      </c>
+      <c r="M16" s="65">
+        <v>51</v>
+      </c>
+      <c r="N16" s="65">
+        <v>0</v>
+      </c>
+      <c r="O16" s="65"/>
+      <c r="P16" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="65">
+        <v>0</v>
+      </c>
+      <c r="R16" s="65">
+        <v>65</v>
+      </c>
+      <c r="U16" s="60"/>
+      <c r="V16" s="59"/>
+    </row>
+    <row r="17" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="68">
+        <v>79</v>
+      </c>
+      <c r="F17" s="58">
+        <v>59</v>
+      </c>
+      <c r="G17" s="58">
+        <v>29</v>
+      </c>
+      <c r="H17" s="58">
+        <v>0</v>
+      </c>
+      <c r="I17" s="58">
+        <v>0</v>
+      </c>
+      <c r="J17" s="58">
+        <v>0</v>
+      </c>
+      <c r="K17" s="58">
+        <v>19</v>
+      </c>
+      <c r="L17" s="58">
+        <v>0</v>
+      </c>
+      <c r="M17" s="69">
+        <v>5.45</v>
+      </c>
+      <c r="N17" s="58">
+        <v>0</v>
+      </c>
+      <c r="O17" s="69">
+        <v>5.55</v>
+      </c>
+      <c r="P17" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="69">
+        <v>5</v>
+      </c>
+      <c r="R17" s="69">
+        <v>6.5</v>
+      </c>
+      <c r="T17" s="59"/>
+      <c r="U17" s="60"/>
+      <c r="V17" s="60"/>
+    </row>
+    <row r="18" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="64">
+        <v>0</v>
+      </c>
+      <c r="F18" s="65">
+        <v>0</v>
+      </c>
+      <c r="G18" s="65">
+        <v>0</v>
+      </c>
+      <c r="H18" s="65">
+        <v>69</v>
+      </c>
+      <c r="I18" s="65">
+        <v>0</v>
+      </c>
+      <c r="J18" s="65">
+        <v>0</v>
+      </c>
+      <c r="K18" s="65">
+        <v>0</v>
+      </c>
+      <c r="L18" s="65">
+        <v>0</v>
+      </c>
+      <c r="M18" s="65">
+        <v>0</v>
+      </c>
+      <c r="N18" s="65">
+        <v>0</v>
+      </c>
+      <c r="O18" s="67">
+        <v>10.5</v>
+      </c>
+      <c r="P18" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="65">
+        <v>0</v>
+      </c>
+      <c r="R18" s="65">
+        <v>13</v>
+      </c>
+      <c r="T18" s="59"/>
+      <c r="U18" s="60"/>
+      <c r="V18" s="60"/>
+    </row>
+    <row r="19" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" s="68">
+        <v>99</v>
+      </c>
+      <c r="F19" s="58">
+        <v>59</v>
+      </c>
+      <c r="G19" s="58">
+        <v>29</v>
+      </c>
+      <c r="H19" s="58">
+        <v>0</v>
+      </c>
+      <c r="I19" s="58">
+        <v>0</v>
+      </c>
+      <c r="J19" s="58">
+        <v>0</v>
+      </c>
+      <c r="K19" s="58">
+        <v>0</v>
+      </c>
+      <c r="L19" s="69">
+        <v>7.5</v>
+      </c>
+      <c r="M19" s="69">
+        <v>7.5</v>
+      </c>
+      <c r="N19" s="58">
+        <v>7</v>
+      </c>
+      <c r="O19" s="69">
+        <v>7.5</v>
+      </c>
+      <c r="P19" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="69">
+        <v>0</v>
+      </c>
+      <c r="R19" s="69">
+        <v>9</v>
+      </c>
+      <c r="T19" s="59"/>
+      <c r="U19" s="60"/>
+      <c r="V19" s="60"/>
+    </row>
+    <row r="20" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" s="62" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" s="64">
+        <v>89</v>
+      </c>
+      <c r="F20" s="65">
+        <v>69</v>
+      </c>
+      <c r="G20" s="65">
+        <v>39</v>
+      </c>
+      <c r="H20" s="65">
+        <v>0</v>
+      </c>
+      <c r="I20" s="65">
+        <v>0</v>
+      </c>
+      <c r="J20" s="65">
+        <v>0</v>
+      </c>
+      <c r="K20" s="65">
+        <v>15</v>
+      </c>
+      <c r="L20" s="67">
+        <v>4.2</v>
+      </c>
+      <c r="M20" s="67">
+        <v>4</v>
+      </c>
+      <c r="N20" s="65">
+        <v>0</v>
+      </c>
+      <c r="O20" s="67">
+        <v>0</v>
+      </c>
+      <c r="P20" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="67">
+        <v>3.5</v>
+      </c>
+      <c r="R20" s="67">
+        <v>4.8</v>
+      </c>
+      <c r="T20" s="59"/>
+      <c r="U20" s="60"/>
+      <c r="V20" s="60"/>
+    </row>
+    <row r="21" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="54" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="55" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" s="56">
+        <v>34990</v>
+      </c>
+      <c r="F21" s="57">
+        <v>22990</v>
+      </c>
+      <c r="G21" s="57">
+        <v>10990</v>
+      </c>
+      <c r="H21" s="58">
+        <v>0</v>
+      </c>
+      <c r="I21" s="58">
+        <v>0</v>
+      </c>
+      <c r="J21" s="58">
+        <v>0</v>
+      </c>
+      <c r="K21" s="58">
+        <v>0</v>
+      </c>
+      <c r="L21" s="57">
+        <v>1950</v>
+      </c>
+      <c r="M21" s="57">
+        <v>2160</v>
+      </c>
+      <c r="N21" s="57">
+        <v>1900</v>
+      </c>
+      <c r="O21" s="57">
+        <v>0</v>
+      </c>
+      <c r="P21" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="58">
+        <v>0</v>
+      </c>
+      <c r="R21" s="57">
+        <v>2500</v>
+      </c>
+      <c r="T21" s="59"/>
+      <c r="U21" s="60"/>
+      <c r="V21" s="60"/>
+    </row>
+    <row r="22" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="62" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="64">
+        <v>89</v>
+      </c>
+      <c r="F22" s="65">
+        <v>69</v>
+      </c>
+      <c r="G22" s="65">
+        <v>29</v>
+      </c>
+      <c r="H22" s="65">
+        <v>0</v>
+      </c>
+      <c r="I22" s="65">
+        <v>0</v>
+      </c>
+      <c r="J22" s="65">
+        <v>0</v>
+      </c>
+      <c r="K22" s="65">
+        <v>29</v>
+      </c>
+      <c r="L22" s="67">
+        <v>5.5</v>
+      </c>
+      <c r="M22" s="67">
+        <v>5.5</v>
+      </c>
+      <c r="N22" s="67">
+        <v>5</v>
+      </c>
+      <c r="O22" s="67">
+        <v>5.5</v>
+      </c>
+      <c r="P22" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="67">
+        <v>4.7</v>
+      </c>
+      <c r="R22" s="67">
+        <v>6.5</v>
+      </c>
+      <c r="T22" s="59"/>
+      <c r="U22" s="60"/>
+      <c r="V22" s="60"/>
+    </row>
+    <row r="23" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="68">
+        <v>79</v>
+      </c>
+      <c r="F23" s="58">
+        <v>59</v>
+      </c>
+      <c r="G23" s="58">
+        <v>29</v>
+      </c>
+      <c r="H23" s="58">
+        <v>0</v>
+      </c>
+      <c r="I23" s="58">
+        <v>0</v>
+      </c>
+      <c r="J23" s="58">
+        <v>0</v>
+      </c>
+      <c r="K23" s="58">
+        <v>19</v>
+      </c>
+      <c r="L23" s="69">
+        <v>4.5</v>
+      </c>
+      <c r="M23" s="69">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N23" s="69">
+        <v>3.99</v>
+      </c>
+      <c r="O23" s="69">
+        <v>5</v>
+      </c>
+      <c r="P23" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="69">
+        <v>3.6</v>
+      </c>
+      <c r="R23" s="69">
+        <v>5.55</v>
+      </c>
+      <c r="T23" s="59"/>
+      <c r="U23" s="60"/>
+      <c r="V23" s="60"/>
+    </row>
+    <row r="24" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="62" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" s="64">
+        <v>79</v>
+      </c>
+      <c r="F24" s="65">
+        <v>59</v>
+      </c>
+      <c r="G24" s="65">
+        <v>29</v>
+      </c>
+      <c r="H24" s="65">
+        <v>0</v>
+      </c>
+      <c r="I24" s="65">
+        <v>0</v>
+      </c>
+      <c r="J24" s="65">
+        <v>0</v>
+      </c>
+      <c r="K24" s="65">
+        <v>19</v>
+      </c>
+      <c r="L24" s="65">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="M24" s="67">
+        <v>4.99</v>
+      </c>
+      <c r="N24" s="67">
+        <v>4.3499999999999996</v>
+      </c>
+      <c r="O24" s="67">
+        <v>4.99</v>
+      </c>
+      <c r="P24" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="67">
+        <v>4.2</v>
+      </c>
+      <c r="R24" s="67">
+        <v>5.5</v>
+      </c>
+      <c r="T24" s="59"/>
+      <c r="U24" s="60"/>
+      <c r="V24" s="60"/>
+    </row>
+    <row r="25" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="54" t="s">
+        <v>54</v>
+      </c>
+      <c r="D25" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" s="68">
+        <v>99</v>
+      </c>
+      <c r="F25" s="58">
+        <v>59</v>
+      </c>
+      <c r="G25" s="58">
+        <v>29</v>
+      </c>
+      <c r="H25" s="58">
+        <v>0</v>
+      </c>
+      <c r="I25" s="58">
+        <v>0</v>
+      </c>
+      <c r="J25" s="58">
+        <v>0</v>
+      </c>
+      <c r="K25" s="58">
+        <v>0</v>
+      </c>
+      <c r="L25" s="58">
+        <v>0</v>
+      </c>
+      <c r="M25" s="69">
+        <v>6</v>
+      </c>
+      <c r="N25" s="58">
+        <v>0</v>
+      </c>
+      <c r="O25" s="69">
+        <v>0</v>
+      </c>
+      <c r="P25" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="58">
+        <v>0</v>
+      </c>
+      <c r="R25" s="69">
+        <v>7.5</v>
+      </c>
+      <c r="T25" s="59"/>
+      <c r="U25" s="60"/>
+      <c r="V25" s="60"/>
+    </row>
+    <row r="26" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="62" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" s="63" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26" s="70">
+        <v>1999</v>
+      </c>
+      <c r="F26" s="65">
+        <v>1199</v>
+      </c>
+      <c r="G26" s="65">
+        <v>699</v>
+      </c>
+      <c r="H26" s="65">
+        <v>0</v>
+      </c>
+      <c r="I26" s="65">
+        <v>0</v>
+      </c>
+      <c r="J26" s="65">
+        <v>0</v>
+      </c>
+      <c r="K26" s="65">
+        <v>199</v>
+      </c>
+      <c r="L26" s="65">
+        <v>0</v>
+      </c>
+      <c r="M26" s="65">
+        <v>61</v>
+      </c>
+      <c r="N26" s="65">
+        <v>53</v>
+      </c>
+      <c r="O26" s="65">
+        <v>62</v>
+      </c>
+      <c r="P26" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="65">
+        <v>48</v>
+      </c>
+      <c r="R26" s="65">
+        <v>63</v>
+      </c>
+      <c r="U26" s="60"/>
+      <c r="V26" s="59"/>
+    </row>
+    <row r="27" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="54" t="s">
+        <v>57</v>
+      </c>
+      <c r="D27" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" s="68">
+        <v>0</v>
+      </c>
+      <c r="F27" s="58">
+        <v>0</v>
+      </c>
+      <c r="G27" s="58">
+        <v>0</v>
+      </c>
+      <c r="H27" s="58">
+        <v>69</v>
+      </c>
+      <c r="I27" s="58">
+        <v>0</v>
+      </c>
+      <c r="J27" s="58">
+        <v>0</v>
+      </c>
+      <c r="K27" s="58">
+        <v>0</v>
+      </c>
+      <c r="L27" s="58">
+        <v>0</v>
+      </c>
+      <c r="M27" s="58">
+        <v>0</v>
+      </c>
+      <c r="N27" s="58">
+        <v>0</v>
+      </c>
+      <c r="O27" s="69">
+        <v>10.5</v>
+      </c>
+      <c r="P27" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="58">
+        <v>0</v>
+      </c>
+      <c r="R27" s="58">
+        <v>13</v>
+      </c>
+      <c r="T27" s="59"/>
+      <c r="U27" s="60"/>
+      <c r="V27" s="60"/>
+    </row>
+    <row r="28" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="62" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="64">
+        <v>100</v>
+      </c>
+      <c r="F28" s="65">
+        <v>70</v>
+      </c>
+      <c r="G28" s="65">
+        <v>40</v>
+      </c>
+      <c r="H28" s="65">
+        <v>0</v>
+      </c>
+      <c r="I28" s="65">
+        <v>0</v>
+      </c>
+      <c r="J28" s="65">
+        <v>0</v>
+      </c>
+      <c r="K28" s="65">
+        <v>17</v>
+      </c>
+      <c r="L28" s="65">
+        <v>0</v>
+      </c>
+      <c r="M28" s="67">
+        <v>3.2</v>
+      </c>
+      <c r="N28" s="65">
+        <v>0</v>
+      </c>
+      <c r="O28" s="67">
+        <v>3.2</v>
+      </c>
+      <c r="P28" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="67">
+        <v>3</v>
+      </c>
+      <c r="R28" s="67">
+        <v>4</v>
+      </c>
+      <c r="U28" s="60"/>
+      <c r="V28" s="59"/>
+    </row>
+    <row r="29" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="D29" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="68">
+        <v>99</v>
+      </c>
+      <c r="F29" s="58">
+        <v>59</v>
+      </c>
+      <c r="G29" s="58">
+        <v>29</v>
+      </c>
+      <c r="H29" s="58">
+        <v>0</v>
+      </c>
+      <c r="I29" s="58">
+        <v>0</v>
+      </c>
+      <c r="J29" s="58">
+        <v>0</v>
+      </c>
+      <c r="K29" s="58">
+        <v>0</v>
+      </c>
+      <c r="L29" s="69">
+        <v>8</v>
+      </c>
+      <c r="M29" s="69">
+        <v>8</v>
+      </c>
+      <c r="N29" s="58">
+        <v>6</v>
+      </c>
+      <c r="O29" s="58">
+        <v>0</v>
+      </c>
+      <c r="P29" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="69">
+        <v>0</v>
+      </c>
+      <c r="R29" s="58">
+        <v>13</v>
+      </c>
+      <c r="T29" s="59"/>
+      <c r="U29" s="60"/>
+      <c r="V29" s="60"/>
+    </row>
+    <row r="30" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="62" t="s">
+        <v>60</v>
+      </c>
+      <c r="D30" s="63" t="s">
+        <v>61</v>
+      </c>
+      <c r="E30" s="70">
+        <v>6350</v>
+      </c>
+      <c r="F30" s="66">
+        <v>4290</v>
+      </c>
+      <c r="G30" s="66">
+        <v>2690</v>
+      </c>
+      <c r="H30" s="65">
+        <v>0</v>
+      </c>
+      <c r="I30" s="65">
+        <v>0</v>
+      </c>
+      <c r="J30" s="65">
+        <v>0</v>
+      </c>
+      <c r="K30" s="66">
+        <v>1150</v>
+      </c>
+      <c r="L30" s="65">
+        <v>0</v>
+      </c>
+      <c r="M30" s="65">
+        <v>160</v>
+      </c>
+      <c r="N30" s="65">
+        <v>140</v>
+      </c>
+      <c r="O30" s="65">
+        <v>160</v>
+      </c>
+      <c r="P30" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="65">
+        <v>140</v>
+      </c>
+      <c r="R30" s="65">
+        <v>200</v>
+      </c>
+      <c r="T30" s="59"/>
+      <c r="U30" s="60"/>
+      <c r="V30" s="60"/>
+    </row>
+    <row r="31" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="54" t="s">
+        <v>62</v>
+      </c>
+      <c r="D31" s="55" t="s">
+        <v>63</v>
+      </c>
+      <c r="E31" s="68">
+        <v>449</v>
+      </c>
+      <c r="F31" s="58">
+        <v>289</v>
+      </c>
+      <c r="G31" s="58">
+        <v>149</v>
+      </c>
+      <c r="H31" s="58">
+        <v>0</v>
+      </c>
+      <c r="I31" s="58">
+        <v>0</v>
+      </c>
+      <c r="J31" s="58">
+        <v>0</v>
+      </c>
+      <c r="K31" s="58">
+        <v>79</v>
+      </c>
+      <c r="L31" s="58">
+        <v>15.99</v>
+      </c>
+      <c r="M31" s="58">
+        <v>19.989999999999998</v>
+      </c>
+      <c r="N31" s="58">
+        <v>16.989999999999998</v>
+      </c>
+      <c r="O31" s="58">
+        <v>0</v>
+      </c>
+      <c r="P31" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="58">
+        <v>16.5</v>
+      </c>
+      <c r="R31" s="58">
+        <v>24.99</v>
+      </c>
+      <c r="T31" s="59"/>
+      <c r="U31" s="60"/>
+      <c r="V31" s="60"/>
+    </row>
+    <row r="32" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="62" t="s">
+        <v>64</v>
+      </c>
+      <c r="D32" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" s="64">
+        <v>89</v>
+      </c>
+      <c r="F32" s="65">
+        <v>59</v>
+      </c>
+      <c r="G32" s="65">
+        <v>29</v>
+      </c>
+      <c r="H32" s="65">
+        <v>0</v>
+      </c>
+      <c r="I32" s="65">
+        <v>0</v>
+      </c>
+      <c r="J32" s="65">
+        <v>0</v>
+      </c>
+      <c r="K32" s="67">
+        <v>9</v>
+      </c>
+      <c r="L32" s="67">
+        <v>4.8</v>
+      </c>
+      <c r="M32" s="67">
+        <v>5</v>
+      </c>
+      <c r="N32" s="67">
+        <v>4.5</v>
+      </c>
+      <c r="O32" s="67">
+        <v>4.5</v>
+      </c>
+      <c r="P32" s="67">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="67">
+        <v>4</v>
+      </c>
+      <c r="R32" s="67">
+        <v>6</v>
+      </c>
+      <c r="T32" s="59"/>
+      <c r="U32" s="60"/>
+      <c r="V32" s="60"/>
+    </row>
+    <row r="33" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C33" s="54" t="s">
+        <v>65</v>
+      </c>
+      <c r="D33" s="55" t="s">
+        <v>66</v>
+      </c>
+      <c r="E33" s="68">
+        <v>449</v>
+      </c>
+      <c r="F33" s="58">
+        <v>249</v>
+      </c>
+      <c r="G33" s="58">
+        <v>119</v>
+      </c>
+      <c r="H33" s="58">
+        <v>0</v>
+      </c>
+      <c r="I33" s="58">
+        <v>0</v>
+      </c>
+      <c r="J33" s="58">
+        <v>0</v>
+      </c>
+      <c r="K33" s="58">
+        <v>49</v>
+      </c>
+      <c r="L33" s="58">
+        <v>24</v>
+      </c>
+      <c r="M33" s="58">
+        <v>24</v>
+      </c>
+      <c r="N33" s="58">
+        <v>20</v>
+      </c>
+      <c r="O33" s="58">
+        <v>22</v>
+      </c>
+      <c r="P33" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="58">
+        <v>19</v>
+      </c>
+      <c r="R33" s="58">
+        <v>30.5</v>
+      </c>
+      <c r="T33" s="59"/>
+      <c r="U33" s="60"/>
+      <c r="V33" s="60"/>
+    </row>
+    <row r="34" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C34" s="62" t="s">
+        <v>67</v>
+      </c>
+      <c r="D34" s="63" t="s">
+        <v>68</v>
+      </c>
+      <c r="E34" s="70">
+        <v>11790</v>
+      </c>
+      <c r="F34" s="66">
+        <v>7990</v>
+      </c>
+      <c r="G34" s="66">
+        <v>3990</v>
+      </c>
+      <c r="H34" s="65">
+        <v>0</v>
+      </c>
+      <c r="I34" s="65">
+        <v>0</v>
+      </c>
+      <c r="J34" s="65">
+        <v>0</v>
+      </c>
+      <c r="K34" s="66">
+        <v>2000</v>
+      </c>
+      <c r="L34" s="65">
+        <v>0</v>
+      </c>
+      <c r="M34" s="65">
+        <v>380</v>
+      </c>
+      <c r="N34" s="65">
+        <v>0</v>
+      </c>
+      <c r="O34" s="65">
+        <v>370</v>
+      </c>
+      <c r="P34" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="65">
+        <v>360</v>
+      </c>
+      <c r="R34" s="65">
+        <v>480</v>
+      </c>
+      <c r="T34" s="59"/>
+      <c r="U34" s="60"/>
+      <c r="V34" s="60"/>
+    </row>
+    <row r="35" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C35" s="54" t="s">
+        <v>69</v>
+      </c>
+      <c r="D35" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" s="68">
+        <v>89</v>
+      </c>
+      <c r="F35" s="58">
+        <v>59</v>
+      </c>
+      <c r="G35" s="58">
+        <v>29</v>
+      </c>
+      <c r="H35" s="58">
+        <v>0</v>
+      </c>
+      <c r="I35" s="58">
+        <v>0</v>
+      </c>
+      <c r="J35" s="58">
+        <v>0</v>
+      </c>
+      <c r="K35" s="58">
+        <v>19</v>
+      </c>
+      <c r="L35" s="58">
+        <v>5</v>
+      </c>
+      <c r="M35" s="69">
+        <v>5</v>
+      </c>
+      <c r="N35" s="69">
+        <v>4.5</v>
+      </c>
+      <c r="O35" s="69">
+        <v>5</v>
+      </c>
+      <c r="P35" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="69">
+        <v>4</v>
+      </c>
+      <c r="R35" s="69">
+        <v>6</v>
+      </c>
+      <c r="T35" s="59"/>
+      <c r="U35" s="60"/>
+      <c r="V35" s="60"/>
+    </row>
+    <row r="36" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C36" s="62" t="s">
+        <v>70</v>
+      </c>
+      <c r="D36" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" s="64">
+        <v>89</v>
+      </c>
+      <c r="F36" s="65">
+        <v>49</v>
+      </c>
+      <c r="G36" s="65">
+        <v>29</v>
+      </c>
+      <c r="H36" s="65">
+        <v>0</v>
+      </c>
+      <c r="I36" s="65">
+        <v>0</v>
+      </c>
+      <c r="J36" s="65">
+        <v>0</v>
+      </c>
+      <c r="K36" s="65">
+        <v>19</v>
+      </c>
+      <c r="L36" s="65">
+        <v>4.7</v>
+      </c>
+      <c r="M36" s="67">
+        <v>4.7</v>
+      </c>
+      <c r="N36" s="65">
+        <v>4.3</v>
+      </c>
+      <c r="O36" s="67">
+        <v>4.7</v>
+      </c>
+      <c r="P36" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="67">
+        <v>4.2</v>
+      </c>
+      <c r="R36" s="67">
+        <v>5.6</v>
+      </c>
+      <c r="T36" s="59"/>
+      <c r="U36" s="60"/>
+      <c r="V36" s="60"/>
+    </row>
+    <row r="37" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C37" s="54" t="s">
+        <v>71</v>
+      </c>
+      <c r="D37" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" s="68">
+        <v>89</v>
+      </c>
+      <c r="F37" s="58">
+        <v>69</v>
+      </c>
+      <c r="G37" s="58">
+        <v>39</v>
+      </c>
+      <c r="H37" s="58">
+        <v>0</v>
+      </c>
+      <c r="I37" s="58">
+        <v>0</v>
+      </c>
+      <c r="J37" s="58">
+        <v>0</v>
+      </c>
+      <c r="K37" s="57">
+        <v>0</v>
+      </c>
+      <c r="L37" s="58">
+        <v>4.8</v>
+      </c>
+      <c r="M37" s="69">
+        <v>4.8</v>
+      </c>
+      <c r="N37" s="58">
+        <v>0</v>
+      </c>
+      <c r="O37" s="69">
+        <v>0</v>
+      </c>
+      <c r="P37" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="69">
+        <v>0</v>
+      </c>
+      <c r="R37" s="69">
+        <v>6</v>
+      </c>
+      <c r="T37" s="59"/>
+      <c r="U37" s="60"/>
+      <c r="V37" s="60"/>
+    </row>
+    <row r="38" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C38" s="62" t="s">
+        <v>72</v>
+      </c>
+      <c r="D38" s="63" t="s">
+        <v>73</v>
+      </c>
+      <c r="E38" s="70">
+        <v>1099</v>
+      </c>
+      <c r="F38" s="65">
+        <v>699</v>
+      </c>
+      <c r="G38" s="65">
+        <v>399</v>
+      </c>
+      <c r="H38" s="65">
+        <v>0</v>
+      </c>
+      <c r="I38" s="65">
+        <v>0</v>
+      </c>
+      <c r="J38" s="65">
+        <v>0</v>
+      </c>
+      <c r="K38" s="66">
+        <v>0</v>
+      </c>
+      <c r="L38" s="65">
+        <v>65</v>
+      </c>
+      <c r="M38" s="65">
+        <v>65</v>
+      </c>
+      <c r="N38" s="65">
+        <v>0</v>
+      </c>
+      <c r="O38" s="65">
+        <v>60</v>
+      </c>
+      <c r="P38" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="65">
+        <v>0</v>
+      </c>
+      <c r="R38" s="65">
+        <v>86</v>
+      </c>
+      <c r="T38" s="59"/>
+      <c r="U38" s="60"/>
+      <c r="V38" s="60"/>
+    </row>
+    <row r="39" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="54" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" s="55" t="s">
+        <v>75</v>
+      </c>
+      <c r="E39" s="68">
+        <v>99</v>
+      </c>
+      <c r="F39" s="58">
+        <v>59</v>
+      </c>
+      <c r="G39" s="58">
+        <v>39</v>
+      </c>
+      <c r="H39" s="58">
+        <v>0</v>
+      </c>
+      <c r="I39" s="58">
+        <v>0</v>
+      </c>
+      <c r="J39" s="58">
+        <v>0</v>
+      </c>
+      <c r="K39" s="58">
+        <v>0</v>
+      </c>
+      <c r="L39" s="58">
+        <v>0</v>
+      </c>
+      <c r="M39" s="69">
+        <v>8.5</v>
+      </c>
+      <c r="N39" s="69">
+        <v>7.5</v>
+      </c>
+      <c r="O39" s="69">
+        <v>0</v>
+      </c>
+      <c r="P39" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="58">
+        <v>0</v>
+      </c>
+      <c r="R39" s="69">
+        <v>9.4</v>
+      </c>
+      <c r="T39" s="59"/>
+      <c r="U39" s="60"/>
+      <c r="V39" s="60"/>
+    </row>
+    <row r="40" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C40" s="62" t="s">
+        <v>76</v>
+      </c>
+      <c r="D40" s="63" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" s="64">
+        <v>79</v>
+      </c>
+      <c r="F40" s="65">
+        <v>49</v>
+      </c>
+      <c r="G40" s="65">
+        <v>29</v>
+      </c>
+      <c r="H40" s="65">
+        <v>0</v>
+      </c>
+      <c r="I40" s="65">
+        <v>0</v>
+      </c>
+      <c r="J40" s="65">
+        <v>0</v>
+      </c>
+      <c r="K40" s="65">
+        <v>0</v>
+      </c>
+      <c r="L40" s="67">
+        <v>7</v>
+      </c>
+      <c r="M40" s="67">
+        <v>7</v>
+      </c>
+      <c r="N40" s="65">
+        <v>0</v>
+      </c>
+      <c r="O40" s="67">
+        <v>7</v>
+      </c>
+      <c r="P40" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="65">
+        <v>0</v>
+      </c>
+      <c r="R40" s="65">
+        <v>16.75</v>
+      </c>
+      <c r="T40" s="59"/>
+      <c r="U40" s="60"/>
+      <c r="V40" s="60"/>
+    </row>
+    <row r="41" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C41" s="54" t="s">
+        <v>78</v>
+      </c>
+      <c r="D41" s="55" t="s">
+        <v>79</v>
+      </c>
+      <c r="E41" s="56">
+        <v>3699</v>
+      </c>
+      <c r="F41" s="57">
+        <v>2299</v>
+      </c>
+      <c r="G41" s="58">
+        <v>999</v>
+      </c>
+      <c r="H41" s="57">
+        <v>0</v>
+      </c>
+      <c r="I41" s="58">
+        <v>0</v>
+      </c>
+      <c r="J41" s="58">
+        <v>199</v>
+      </c>
+      <c r="K41" s="58">
+        <v>599</v>
+      </c>
+      <c r="L41" s="58">
+        <v>0</v>
+      </c>
+      <c r="M41" s="58">
+        <v>155</v>
+      </c>
+      <c r="N41" s="58">
+        <v>135</v>
+      </c>
+      <c r="O41" s="58">
+        <v>150</v>
+      </c>
+      <c r="P41" s="58">
+        <v>100</v>
+      </c>
+      <c r="Q41" s="58">
+        <v>140</v>
+      </c>
+      <c r="R41" s="58">
+        <v>155</v>
+      </c>
+      <c r="T41" s="59"/>
+      <c r="U41" s="60"/>
+      <c r="V41" s="60"/>
+    </row>
+    <row r="42" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C42" s="62" t="s">
+        <v>81</v>
+      </c>
+      <c r="D42" s="63" t="s">
+        <v>82</v>
+      </c>
+      <c r="E42" s="70">
+        <v>24999</v>
+      </c>
+      <c r="F42" s="66">
+        <v>20999</v>
+      </c>
+      <c r="G42" s="66">
+        <v>9999</v>
+      </c>
+      <c r="H42" s="65">
+        <v>0</v>
+      </c>
+      <c r="I42" s="65">
+        <v>0</v>
+      </c>
+      <c r="J42" s="65">
+        <v>0</v>
+      </c>
+      <c r="K42" s="66">
+        <v>6999</v>
+      </c>
+      <c r="L42" s="65">
+        <v>0</v>
+      </c>
+      <c r="M42" s="65">
+        <v>800</v>
+      </c>
+      <c r="N42" s="65">
+        <v>0</v>
+      </c>
+      <c r="O42" s="65">
+        <v>750</v>
+      </c>
+      <c r="P42" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="65">
+        <v>650</v>
+      </c>
+      <c r="R42" s="66">
+        <v>1000</v>
+      </c>
+      <c r="T42" s="71"/>
+      <c r="U42" s="60"/>
+      <c r="V42" s="60"/>
+    </row>
+    <row r="43" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C43" s="54" t="s">
+        <v>83</v>
+      </c>
+      <c r="D43" s="55" t="s">
+        <v>84</v>
+      </c>
+      <c r="E43" s="68">
+        <v>129</v>
+      </c>
+      <c r="F43" s="58">
+        <v>79</v>
+      </c>
+      <c r="G43" s="58">
+        <v>45</v>
+      </c>
+      <c r="H43" s="58">
+        <v>0</v>
+      </c>
+      <c r="I43" s="58">
+        <v>0</v>
+      </c>
+      <c r="J43" s="58">
+        <v>0</v>
+      </c>
+      <c r="K43" s="57">
+        <v>0</v>
+      </c>
+      <c r="L43" s="58">
+        <v>0</v>
+      </c>
+      <c r="M43" s="69">
+        <v>5</v>
+      </c>
+      <c r="N43" s="58">
+        <v>0</v>
+      </c>
+      <c r="O43" s="69">
+        <v>0</v>
+      </c>
+      <c r="P43" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="69">
+        <v>0</v>
+      </c>
+      <c r="R43" s="69">
+        <v>0</v>
+      </c>
+      <c r="T43" s="71"/>
+      <c r="U43" s="60"/>
+      <c r="V43" s="60"/>
+    </row>
+    <row r="44" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C44" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="D44" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" s="64">
+        <v>35</v>
+      </c>
+      <c r="F44" s="65">
+        <v>20</v>
+      </c>
+      <c r="G44" s="65">
+        <v>15</v>
+      </c>
+      <c r="H44" s="65">
+        <v>0</v>
+      </c>
+      <c r="I44" s="65">
+        <v>0</v>
+      </c>
+      <c r="J44" s="65">
+        <v>0</v>
+      </c>
+      <c r="K44" s="65">
+        <v>0</v>
+      </c>
+      <c r="L44" s="65">
+        <v>0</v>
+      </c>
+      <c r="M44" s="67">
+        <v>2</v>
+      </c>
+      <c r="N44" s="65">
+        <v>0</v>
+      </c>
+      <c r="O44" s="67">
+        <v>2</v>
+      </c>
+      <c r="P44" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="67">
+        <v>0</v>
+      </c>
+      <c r="R44" s="67">
+        <v>2.4</v>
+      </c>
+      <c r="T44" s="71"/>
+      <c r="U44" s="60"/>
+      <c r="V44" s="60"/>
+    </row>
+    <row r="45" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C45" s="54" t="s">
+        <v>87</v>
+      </c>
+      <c r="D45" s="55" t="s">
+        <v>88</v>
+      </c>
+      <c r="E45" s="56">
+        <v>4500</v>
+      </c>
+      <c r="F45" s="57">
+        <v>2400</v>
+      </c>
+      <c r="G45" s="57">
+        <v>1100</v>
+      </c>
+      <c r="H45" s="58">
+        <v>0</v>
+      </c>
+      <c r="I45" s="58">
+        <v>0</v>
+      </c>
+      <c r="J45" s="58">
+        <v>0</v>
+      </c>
+      <c r="K45" s="57">
+        <v>0</v>
+      </c>
+      <c r="L45" s="58">
+        <v>0</v>
+      </c>
+      <c r="M45" s="58">
+        <v>76</v>
+      </c>
+      <c r="N45" s="58">
+        <v>0</v>
+      </c>
+      <c r="O45" s="58">
+        <v>69</v>
+      </c>
+      <c r="P45" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="58">
+        <v>0</v>
+      </c>
+      <c r="R45" s="58">
+        <v>97</v>
+      </c>
+      <c r="T45" s="71"/>
+      <c r="U45" s="60"/>
+      <c r="V45" s="60"/>
+    </row>
+    <row r="46" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C46" s="62" t="s">
+        <v>89</v>
+      </c>
+      <c r="D46" s="63" t="s">
+        <v>90</v>
+      </c>
+      <c r="E46" s="64">
+        <v>299</v>
+      </c>
+      <c r="F46" s="65">
+        <v>199</v>
+      </c>
+      <c r="G46" s="65">
+        <v>89</v>
+      </c>
+      <c r="H46" s="65">
+        <v>0</v>
+      </c>
+      <c r="I46" s="65">
+        <v>0</v>
+      </c>
+      <c r="J46" s="65">
+        <v>0</v>
+      </c>
+      <c r="K46" s="65">
+        <v>0</v>
+      </c>
+      <c r="L46" s="65">
+        <v>0</v>
+      </c>
+      <c r="M46" s="67">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="N46" s="67">
+        <v>7</v>
+      </c>
+      <c r="O46" s="67">
+        <v>0</v>
+      </c>
+      <c r="P46" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="67">
+        <v>0</v>
+      </c>
+      <c r="R46" s="67">
+        <v>8.6</v>
+      </c>
+      <c r="T46" s="71"/>
+      <c r="U46" s="60"/>
+      <c r="V46" s="60"/>
+    </row>
+    <row r="47" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C47" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" s="55" t="s">
+        <v>92</v>
+      </c>
+      <c r="E47" s="56">
+        <v>1599000</v>
+      </c>
+      <c r="F47" s="57">
+        <v>899000</v>
+      </c>
+      <c r="G47" s="57">
+        <v>349000</v>
+      </c>
+      <c r="H47" s="58">
+        <v>0</v>
+      </c>
+      <c r="I47" s="58">
+        <v>0</v>
+      </c>
+      <c r="J47" s="57">
+        <v>199000</v>
+      </c>
+      <c r="K47" s="57">
+        <v>0</v>
+      </c>
+      <c r="L47" s="58">
+        <v>0</v>
+      </c>
+      <c r="M47" s="57">
+        <v>32000</v>
+      </c>
+      <c r="N47" s="58">
+        <v>0</v>
+      </c>
+      <c r="O47" s="58">
+        <v>0</v>
+      </c>
+      <c r="P47" s="58">
+        <v>24000</v>
+      </c>
+      <c r="Q47" s="58">
+        <v>0</v>
+      </c>
+      <c r="R47" s="57">
+        <v>50786.974000000002</v>
+      </c>
+      <c r="T47" s="71"/>
+      <c r="U47" s="60"/>
+      <c r="V47" s="60"/>
+    </row>
+    <row r="48" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C48" s="62" t="s">
+        <v>285</v>
+      </c>
+      <c r="D48" s="63" t="s">
+        <v>286</v>
+      </c>
+      <c r="E48" s="70">
+        <v>115000</v>
+      </c>
+      <c r="F48" s="66">
+        <v>75000</v>
+      </c>
+      <c r="G48" s="66">
+        <v>45000</v>
+      </c>
+      <c r="H48" s="66"/>
+      <c r="I48" s="66"/>
+      <c r="J48" s="66"/>
+      <c r="K48" s="66"/>
+      <c r="L48" s="66"/>
+      <c r="M48" s="66">
+        <v>2500</v>
+      </c>
+      <c r="N48" s="66"/>
+      <c r="O48" s="66"/>
+      <c r="P48" s="66"/>
+      <c r="Q48" s="66"/>
+      <c r="R48" s="66">
+        <v>2250</v>
+      </c>
+      <c r="T48" s="71"/>
+      <c r="U48" s="60"/>
+      <c r="V48" s="60"/>
+    </row>
+    <row r="49" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C49" s="54" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="55" t="s">
+        <v>94</v>
+      </c>
+      <c r="E49" s="68">
+        <v>349</v>
+      </c>
+      <c r="F49" s="58">
+        <v>269</v>
+      </c>
+      <c r="G49" s="58">
+        <v>199</v>
+      </c>
+      <c r="H49" s="58">
+        <v>0</v>
+      </c>
+      <c r="I49" s="58">
+        <v>0</v>
+      </c>
+      <c r="J49" s="58">
+        <v>0</v>
+      </c>
+      <c r="K49" s="58">
+        <v>0</v>
+      </c>
+      <c r="L49" s="58">
+        <v>0</v>
+      </c>
+      <c r="M49" s="58">
         <v>34</v>
       </c>
-      <c r="Q5" s="23" t="s">
+      <c r="N49" s="58">
+        <v>0</v>
+      </c>
+      <c r="O49" s="58">
+        <v>34</v>
+      </c>
+      <c r="P49" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="58">
+        <v>0</v>
+      </c>
+      <c r="R49" s="58">
+        <v>40</v>
+      </c>
+      <c r="T49" s="71"/>
+      <c r="U49" s="60"/>
+      <c r="V49" s="60"/>
+    </row>
+    <row r="50" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C50" s="62" t="s">
+        <v>95</v>
+      </c>
+      <c r="D50" s="63" t="s">
+        <v>96</v>
+      </c>
+      <c r="E50" s="64">
+        <v>80</v>
+      </c>
+      <c r="F50" s="65">
+        <v>40</v>
+      </c>
+      <c r="G50" s="65">
+        <v>28</v>
+      </c>
+      <c r="H50" s="65">
+        <v>0</v>
+      </c>
+      <c r="I50" s="65">
+        <v>0</v>
+      </c>
+      <c r="J50" s="65">
+        <v>0</v>
+      </c>
+      <c r="K50" s="66">
+        <v>0</v>
+      </c>
+      <c r="L50" s="65">
+        <v>0</v>
+      </c>
+      <c r="M50" s="67">
+        <v>2.25</v>
+      </c>
+      <c r="N50" s="65">
+        <v>2</v>
+      </c>
+      <c r="O50" s="67">
+        <v>0</v>
+      </c>
+      <c r="P50" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="65">
+        <v>0</v>
+      </c>
+      <c r="R50" s="67">
+        <v>2.75</v>
+      </c>
+      <c r="T50" s="71"/>
+      <c r="U50" s="60"/>
+      <c r="V50" s="72"/>
+    </row>
+    <row r="51" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B51" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C51" s="54" t="s">
+        <v>97</v>
+      </c>
+      <c r="D51" s="55" t="s">
+        <v>98</v>
+      </c>
+      <c r="E51" s="56">
+        <v>0</v>
+      </c>
+      <c r="F51" s="57">
+        <v>28500</v>
+      </c>
+      <c r="G51" s="57">
+        <v>15500</v>
+      </c>
+      <c r="H51" s="58">
+        <v>0</v>
+      </c>
+      <c r="I51" s="58">
+        <v>0</v>
+      </c>
+      <c r="J51" s="58">
+        <v>0</v>
+      </c>
+      <c r="K51" s="57">
+        <v>0</v>
+      </c>
+      <c r="L51" s="58">
+        <v>0</v>
+      </c>
+      <c r="M51" s="57">
+        <v>1050</v>
+      </c>
+      <c r="N51" s="58">
+        <v>1000</v>
+      </c>
+      <c r="O51" s="57">
+        <v>0</v>
+      </c>
+      <c r="P51" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="58">
+        <v>0</v>
+      </c>
+      <c r="R51" s="58">
+        <v>1080</v>
+      </c>
+      <c r="T51" s="71"/>
+      <c r="U51" s="60"/>
+      <c r="V51" s="60"/>
+    </row>
+    <row r="52" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B52" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C52" s="62" t="s">
+        <v>99</v>
+      </c>
+      <c r="D52" s="63" t="s">
+        <v>100</v>
+      </c>
+      <c r="E52" s="64">
+        <v>32</v>
+      </c>
+      <c r="F52" s="65">
+        <v>18</v>
+      </c>
+      <c r="G52" s="65">
+        <v>10</v>
+      </c>
+      <c r="H52" s="65">
+        <v>0</v>
+      </c>
+      <c r="I52" s="65">
+        <v>0</v>
+      </c>
+      <c r="J52" s="65">
+        <v>0</v>
+      </c>
+      <c r="K52" s="66">
+        <v>0</v>
+      </c>
+      <c r="L52" s="65">
+        <v>0</v>
+      </c>
+      <c r="M52" s="67">
+        <v>0.8</v>
+      </c>
+      <c r="N52" s="65">
+        <v>0</v>
+      </c>
+      <c r="O52" s="67">
+        <v>0.8</v>
+      </c>
+      <c r="P52" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="67">
+        <v>0</v>
+      </c>
+      <c r="R52" s="67">
+        <v>0.9</v>
+      </c>
+      <c r="T52" s="71"/>
+      <c r="U52" s="60"/>
+      <c r="V52" s="60"/>
+    </row>
+    <row r="53" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B53" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C53" s="54" t="s">
+        <v>101</v>
+      </c>
+      <c r="D53" s="55" t="s">
+        <v>102</v>
+      </c>
+      <c r="E53" s="56">
+        <v>7700</v>
+      </c>
+      <c r="F53" s="57">
+        <v>4600</v>
+      </c>
+      <c r="G53" s="57">
+        <v>2700</v>
+      </c>
+      <c r="H53" s="57">
+        <v>0</v>
+      </c>
+      <c r="I53" s="58">
+        <v>0</v>
+      </c>
+      <c r="J53" s="58">
+        <v>0</v>
+      </c>
+      <c r="K53" s="57">
+        <v>2000</v>
+      </c>
+      <c r="L53" s="58">
+        <v>0</v>
+      </c>
+      <c r="M53" s="58">
+        <v>167</v>
+      </c>
+      <c r="N53" s="58">
+        <v>0</v>
+      </c>
+      <c r="O53" s="58">
+        <v>157</v>
+      </c>
+      <c r="P53" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="58">
+        <v>147</v>
+      </c>
+      <c r="R53" s="58">
+        <v>166</v>
+      </c>
+      <c r="T53" s="71"/>
+      <c r="U53" s="60"/>
+      <c r="V53" s="60"/>
+    </row>
+    <row r="54" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B54" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C54" s="62" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54" s="63" t="s">
+        <v>104</v>
+      </c>
+      <c r="E54" s="64">
+        <v>80</v>
+      </c>
+      <c r="F54" s="65">
+        <v>50</v>
+      </c>
+      <c r="G54" s="65">
+        <v>30</v>
+      </c>
+      <c r="H54" s="65">
+        <v>0</v>
+      </c>
+      <c r="I54" s="65">
+        <v>0</v>
+      </c>
+      <c r="J54" s="65">
+        <v>15</v>
+      </c>
+      <c r="K54" s="65">
+        <v>20</v>
+      </c>
+      <c r="L54" s="65">
+        <v>0</v>
+      </c>
+      <c r="M54" s="66">
+        <v>220000</v>
+      </c>
+      <c r="N54" s="65">
+        <v>165000</v>
+      </c>
+      <c r="O54" s="66">
+        <v>0</v>
+      </c>
+      <c r="P54" s="66">
+        <v>95000</v>
+      </c>
+      <c r="Q54" s="66">
+        <v>0</v>
+      </c>
+      <c r="R54" s="66">
+        <v>235000</v>
+      </c>
+      <c r="T54" s="71"/>
+      <c r="U54" s="60"/>
+      <c r="V54" s="73"/>
+    </row>
+    <row r="55" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B55" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C55" s="54" t="s">
+        <v>105</v>
+      </c>
+      <c r="D55" s="55" t="s">
+        <v>106</v>
+      </c>
+      <c r="E55" s="56">
+        <v>4500</v>
+      </c>
+      <c r="F55" s="57">
+        <v>3200</v>
+      </c>
+      <c r="G55" s="57">
+        <v>2000</v>
+      </c>
+      <c r="H55" s="58">
+        <v>0</v>
+      </c>
+      <c r="I55" s="58">
+        <v>0</v>
+      </c>
+      <c r="J55" s="58">
+        <v>0</v>
+      </c>
+      <c r="K55" s="57">
+        <v>0</v>
+      </c>
+      <c r="L55" s="58">
+        <v>0</v>
+      </c>
+      <c r="M55" s="58">
+        <v>230</v>
+      </c>
+      <c r="N55" s="58">
+        <v>0</v>
+      </c>
+      <c r="O55" s="58">
+        <v>0</v>
+      </c>
+      <c r="P55" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="58">
+        <v>0</v>
+      </c>
+      <c r="R55" s="58">
+        <v>235</v>
+      </c>
+      <c r="U55" s="60"/>
+      <c r="V55" s="71"/>
+    </row>
+    <row r="56" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B56" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C56" s="62" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" s="63" t="s">
+        <v>108</v>
+      </c>
+      <c r="E56" s="70">
+        <v>800</v>
+      </c>
+      <c r="F56" s="65">
+        <v>450</v>
+      </c>
+      <c r="G56" s="65">
+        <v>250</v>
+      </c>
+      <c r="H56" s="65">
+        <v>0</v>
+      </c>
+      <c r="I56" s="65">
+        <v>0</v>
+      </c>
+      <c r="J56" s="65">
+        <v>0</v>
+      </c>
+      <c r="K56" s="65">
+        <v>0</v>
+      </c>
+      <c r="L56" s="65">
+        <v>0</v>
+      </c>
+      <c r="M56" s="65">
         <v>35</v>
       </c>
-      <c r="R5" s="133" t="s">
-[...7 lines deleted...]
-      <c r="B6" s="23" t="s">
+      <c r="N56" s="65">
+        <v>0</v>
+      </c>
+      <c r="O56" s="65">
+        <v>0</v>
+      </c>
+      <c r="P56" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="65">
+        <v>0</v>
+      </c>
+      <c r="R56" s="65">
         <v>39</v>
       </c>
-      <c r="C6" s="23" t="s">
-[...11 lines deleted...]
-      <c r="G6" s="23" t="s">
+      <c r="T56" s="71"/>
+      <c r="U56" s="60"/>
+      <c r="V56" s="60"/>
+    </row>
+    <row r="57" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B57" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C57" s="54" t="s">
+        <v>109</v>
+      </c>
+      <c r="D57" s="55" t="s">
+        <v>94</v>
+      </c>
+      <c r="E57" s="68">
+        <v>420</v>
+      </c>
+      <c r="F57" s="58">
+        <v>220</v>
+      </c>
+      <c r="G57" s="58">
+        <v>160</v>
+      </c>
+      <c r="H57" s="58">
+        <v>0</v>
+      </c>
+      <c r="I57" s="58">
+        <v>0</v>
+      </c>
+      <c r="J57" s="58">
+        <v>0</v>
+      </c>
+      <c r="K57" s="57">
+        <v>0</v>
+      </c>
+      <c r="L57" s="58"/>
+      <c r="M57" s="58">
+        <v>28</v>
+      </c>
+      <c r="N57" s="58">
+        <v>0</v>
+      </c>
+      <c r="O57" s="58">
+        <v>28</v>
+      </c>
+      <c r="P57" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="58">
+        <v>0</v>
+      </c>
+      <c r="R57" s="58">
+        <v>30</v>
+      </c>
+      <c r="T57" s="71"/>
+      <c r="U57" s="60"/>
+      <c r="V57"/>
+    </row>
+    <row r="58" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B58" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C58" s="62" t="s">
+        <v>110</v>
+      </c>
+      <c r="D58" s="63" t="s">
+        <v>111</v>
+      </c>
+      <c r="E58" s="70">
+        <v>3990</v>
+      </c>
+      <c r="F58" s="66">
+        <v>2490</v>
+      </c>
+      <c r="G58" s="66">
+        <v>1490</v>
+      </c>
+      <c r="H58" s="66">
+        <v>0</v>
+      </c>
+      <c r="I58" s="66">
+        <v>0</v>
+      </c>
+      <c r="J58" s="65">
+        <v>0</v>
+      </c>
+      <c r="K58" s="66">
+        <v>0</v>
+      </c>
+      <c r="L58" s="65">
+        <v>0</v>
+      </c>
+      <c r="M58" s="65">
+        <v>150</v>
+      </c>
+      <c r="N58" s="65">
+        <v>0</v>
+      </c>
+      <c r="O58" s="65">
+        <v>0</v>
+      </c>
+      <c r="P58" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="65">
+        <v>0</v>
+      </c>
+      <c r="R58" s="65">
+        <v>180</v>
+      </c>
+      <c r="T58" s="71"/>
+      <c r="U58" s="60"/>
+      <c r="V58" s="60"/>
+    </row>
+    <row r="59" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B59" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C59" s="54" t="s">
+        <v>112</v>
+      </c>
+      <c r="D59" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" s="56">
+        <v>0</v>
+      </c>
+      <c r="F59" s="57">
+        <v>0</v>
+      </c>
+      <c r="G59" s="57">
+        <v>0</v>
+      </c>
+      <c r="H59" s="58">
+        <v>69</v>
+      </c>
+      <c r="I59" s="58">
+        <v>0</v>
+      </c>
+      <c r="J59" s="58">
+        <v>0</v>
+      </c>
+      <c r="K59" s="57">
+        <v>0</v>
+      </c>
+      <c r="L59" s="58">
+        <v>0</v>
+      </c>
+      <c r="M59" s="58">
+        <v>0</v>
+      </c>
+      <c r="N59" s="58">
+        <v>0</v>
+      </c>
+      <c r="O59" s="58">
+        <v>12.5</v>
+      </c>
+      <c r="P59" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="58">
+        <v>0</v>
+      </c>
+      <c r="R59" s="58">
+        <v>15.9</v>
+      </c>
+      <c r="U59" s="60"/>
+      <c r="V59" s="71"/>
+    </row>
+    <row r="60" spans="2:22" ht="31.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B60" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C60" s="62" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" s="63" t="s">
+        <v>114</v>
+      </c>
+      <c r="E60" s="70">
+        <v>0</v>
+      </c>
+      <c r="F60" s="74">
+        <v>0</v>
+      </c>
+      <c r="G60" s="74">
+        <v>0</v>
+      </c>
+      <c r="H60" s="74">
+        <v>2990</v>
+      </c>
+      <c r="I60" s="74">
+        <v>2990</v>
+      </c>
+      <c r="J60" s="75">
+        <v>0</v>
+      </c>
+      <c r="K60" s="156" t="s">
+        <v>290</v>
+      </c>
+      <c r="L60" s="75">
+        <v>0</v>
+      </c>
+      <c r="M60" s="75">
+        <v>0</v>
+      </c>
+      <c r="N60" s="75">
+        <v>0</v>
+      </c>
+      <c r="O60" s="75">
+        <v>200</v>
+      </c>
+      <c r="P60" s="75">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="75">
+        <v>180</v>
+      </c>
+      <c r="R60" s="75">
+        <v>269</v>
+      </c>
+      <c r="S60" s="76"/>
+      <c r="T60" s="77" t="s">
+        <v>115</v>
+      </c>
+      <c r="U60" s="60"/>
+      <c r="V60" s="60"/>
+    </row>
+    <row r="61" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B61" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C61" s="54" t="s">
+        <v>116</v>
+      </c>
+      <c r="D61" s="55" t="s">
+        <v>117</v>
+      </c>
+      <c r="E61" s="68">
+        <v>350</v>
+      </c>
+      <c r="F61" s="58">
+        <v>200</v>
+      </c>
+      <c r="G61" s="58">
+        <v>120</v>
+      </c>
+      <c r="H61" s="58">
+        <v>0</v>
+      </c>
+      <c r="I61" s="58">
+        <v>0</v>
+      </c>
+      <c r="J61" s="58">
+        <v>0</v>
+      </c>
+      <c r="K61" s="57">
+        <v>0</v>
+      </c>
+      <c r="L61" s="58">
+        <v>0</v>
+      </c>
+      <c r="M61" s="58">
+        <v>22</v>
+      </c>
+      <c r="N61" s="58">
+        <v>0</v>
+      </c>
+      <c r="O61" s="58">
+        <v>0</v>
+      </c>
+      <c r="P61" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="58">
+        <v>0</v>
+      </c>
+      <c r="R61" s="58">
+        <v>25</v>
+      </c>
+      <c r="T61" s="71"/>
+      <c r="U61" s="60"/>
+      <c r="V61" s="60"/>
+    </row>
+    <row r="62" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B62" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C62" s="62" t="s">
+        <v>118</v>
+      </c>
+      <c r="D62" s="63" t="s">
+        <v>119</v>
+      </c>
+      <c r="E62" s="70">
+        <v>1999</v>
+      </c>
+      <c r="F62" s="65">
+        <v>899</v>
+      </c>
+      <c r="G62" s="65">
+        <v>599</v>
+      </c>
+      <c r="H62" s="65">
+        <v>0</v>
+      </c>
+      <c r="I62" s="65">
+        <v>0</v>
+      </c>
+      <c r="J62" s="65">
+        <v>0</v>
+      </c>
+      <c r="K62" s="66">
+        <v>0</v>
+      </c>
+      <c r="L62" s="65">
+        <v>0</v>
+      </c>
+      <c r="M62" s="65">
+        <v>47</v>
+      </c>
+      <c r="N62" s="65">
+        <v>0</v>
+      </c>
+      <c r="O62" s="65">
         <v>42</v>
       </c>
-      <c r="H6" s="23" t="s">
-[...9 lines deleted...]
-      <c r="L6" s="23" t="s">
+      <c r="P62" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="65">
+        <v>0</v>
+      </c>
+      <c r="R62" s="65">
+        <v>64</v>
+      </c>
+      <c r="T62" s="71"/>
+      <c r="U62" s="60"/>
+      <c r="V62" s="60"/>
+    </row>
+    <row r="63" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C63" s="54" t="s">
+        <v>120</v>
+      </c>
+      <c r="D63" s="55" t="s">
+        <v>121</v>
+      </c>
+      <c r="E63" s="56">
+        <v>990</v>
+      </c>
+      <c r="F63" s="58">
+        <v>610</v>
+      </c>
+      <c r="G63" s="58">
+        <v>350</v>
+      </c>
+      <c r="H63" s="58">
+        <v>0</v>
+      </c>
+      <c r="I63" s="58">
+        <v>0</v>
+      </c>
+      <c r="J63" s="58">
+        <v>0</v>
+      </c>
+      <c r="K63" s="57">
+        <v>0</v>
+      </c>
+      <c r="L63" s="58">
+        <v>0</v>
+      </c>
+      <c r="M63" s="58">
+        <v>20</v>
+      </c>
+      <c r="N63" s="58">
+        <v>0</v>
+      </c>
+      <c r="O63" s="58">
+        <v>0</v>
+      </c>
+      <c r="P63" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="58">
+        <v>0</v>
+      </c>
+      <c r="R63" s="58">
+        <v>19</v>
+      </c>
+      <c r="T63" s="71"/>
+      <c r="U63" s="60"/>
+      <c r="V63" s="60"/>
+    </row>
+    <row r="64" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B64" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C64" s="62" t="s">
+        <v>122</v>
+      </c>
+      <c r="D64" s="63" t="s">
+        <v>123</v>
+      </c>
+      <c r="E64" s="64">
+        <v>300</v>
+      </c>
+      <c r="F64" s="65">
+        <v>175</v>
+      </c>
+      <c r="G64" s="65">
+        <v>90</v>
+      </c>
+      <c r="H64" s="65">
+        <v>0</v>
+      </c>
+      <c r="I64" s="65">
+        <v>0</v>
+      </c>
+      <c r="J64" s="65">
+        <v>0</v>
+      </c>
+      <c r="K64" s="66">
+        <v>0</v>
+      </c>
+      <c r="L64" s="65">
+        <v>0</v>
+      </c>
+      <c r="M64" s="67">
+        <v>9.6</v>
+      </c>
+      <c r="N64" s="65">
+        <v>0</v>
+      </c>
+      <c r="O64" s="67">
+        <v>9.6</v>
+      </c>
+      <c r="P64" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="67">
+        <v>0</v>
+      </c>
+      <c r="R64" s="65">
+        <v>10</v>
+      </c>
+      <c r="T64" s="71"/>
+      <c r="U64" s="60"/>
+      <c r="V64" s="60"/>
+    </row>
+    <row r="65" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C65" s="54" t="s">
+        <v>124</v>
+      </c>
+      <c r="D65" s="55" t="s">
+        <v>125</v>
+      </c>
+      <c r="E65" s="56">
+        <v>4499</v>
+      </c>
+      <c r="F65" s="57">
+        <v>2599</v>
+      </c>
+      <c r="G65" s="57">
+        <v>1600</v>
+      </c>
+      <c r="H65" s="58">
+        <v>0</v>
+      </c>
+      <c r="I65" s="58">
+        <v>0</v>
+      </c>
+      <c r="J65" s="58">
+        <v>0</v>
+      </c>
+      <c r="K65" s="58">
+        <v>549</v>
+      </c>
+      <c r="L65" s="58">
+        <v>0</v>
+      </c>
+      <c r="M65" s="58">
+        <v>95</v>
+      </c>
+      <c r="N65" s="58">
+        <v>0</v>
+      </c>
+      <c r="O65" s="58">
+        <v>0</v>
+      </c>
+      <c r="P65" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="58">
+        <v>91</v>
+      </c>
+      <c r="R65" s="58">
+        <v>95</v>
+      </c>
+      <c r="T65" s="71"/>
+      <c r="U65" s="60"/>
+      <c r="V65" s="60"/>
+    </row>
+    <row r="66" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="C66" s="62" t="s">
+        <v>126</v>
+      </c>
+      <c r="D66" s="63" t="s">
+        <v>127</v>
+      </c>
+      <c r="E66" s="64">
+        <v>400</v>
+      </c>
+      <c r="F66" s="65">
+        <v>240</v>
+      </c>
+      <c r="G66" s="65">
+        <v>150</v>
+      </c>
+      <c r="H66" s="65">
+        <v>0</v>
+      </c>
+      <c r="I66" s="65">
+        <v>0</v>
+      </c>
+      <c r="J66" s="65">
+        <v>0</v>
+      </c>
+      <c r="K66" s="66">
+        <v>0</v>
+      </c>
+      <c r="L66" s="65">
+        <v>0</v>
+      </c>
+      <c r="M66" s="65">
+        <v>20</v>
+      </c>
+      <c r="N66" s="65">
+        <v>0</v>
+      </c>
+      <c r="O66" s="65">
+        <v>20</v>
+      </c>
+      <c r="P66" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="65">
+        <v>0</v>
+      </c>
+      <c r="R66" s="65">
+        <v>22</v>
+      </c>
+      <c r="T66" s="71"/>
+      <c r="U66" s="60"/>
+      <c r="V66" s="60"/>
+    </row>
+    <row r="67" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B67" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="C67" s="54" t="s">
+        <v>128</v>
+      </c>
+      <c r="D67" s="55" t="s">
+        <v>129</v>
+      </c>
+      <c r="E67" s="56">
+        <v>1350000</v>
+      </c>
+      <c r="F67" s="57">
+        <v>770000</v>
+      </c>
+      <c r="G67" s="57">
+        <v>400000</v>
+      </c>
+      <c r="H67" s="57">
+        <v>0</v>
+      </c>
+      <c r="I67" s="57">
+        <v>0</v>
+      </c>
+      <c r="J67" s="57">
+        <v>0</v>
+      </c>
+      <c r="K67" s="57">
+        <v>0</v>
+      </c>
+      <c r="L67" s="57">
+        <v>0</v>
+      </c>
+      <c r="M67" s="57">
+        <v>21000</v>
+      </c>
+      <c r="N67" s="58">
+        <v>0</v>
+      </c>
+      <c r="O67" s="57">
+        <v>20000</v>
+      </c>
+      <c r="P67" s="57"/>
+      <c r="Q67" s="57">
+        <v>17500</v>
+      </c>
+      <c r="R67" s="57">
+        <v>20500</v>
+      </c>
+      <c r="T67" s="71"/>
+      <c r="U67" s="60"/>
+      <c r="V67" s="60"/>
+    </row>
+    <row r="68" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="62" t="s">
+        <v>130</v>
+      </c>
+      <c r="C68" s="62" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68" s="63" t="s">
+        <v>132</v>
+      </c>
+      <c r="E68" s="70">
+        <v>9980</v>
+      </c>
+      <c r="F68" s="66">
+        <v>6980</v>
+      </c>
+      <c r="G68" s="66">
+        <v>3980</v>
+      </c>
+      <c r="H68" s="65">
+        <v>0</v>
+      </c>
+      <c r="I68" s="65">
+        <v>0</v>
+      </c>
+      <c r="J68" s="65">
+        <v>0</v>
+      </c>
+      <c r="K68" s="66">
+        <v>0</v>
+      </c>
+      <c r="L68" s="65">
+        <v>0</v>
+      </c>
+      <c r="M68" s="65">
+        <v>580</v>
+      </c>
+      <c r="N68" s="65">
+        <v>530</v>
+      </c>
+      <c r="O68" s="65">
+        <v>0</v>
+      </c>
+      <c r="P68" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="65">
+        <v>0</v>
+      </c>
+      <c r="R68" s="65">
+        <v>600</v>
+      </c>
+      <c r="T68" s="59"/>
+      <c r="U68" s="60"/>
+      <c r="V68" s="60"/>
+    </row>
+    <row r="69" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="54" t="s">
+        <v>130</v>
+      </c>
+      <c r="C69" s="54" t="s">
+        <v>133</v>
+      </c>
+      <c r="D69" s="55" t="s">
+        <v>134</v>
+      </c>
+      <c r="E69" s="68">
+        <v>499</v>
+      </c>
+      <c r="F69" s="58">
+        <v>259</v>
+      </c>
+      <c r="G69" s="58">
+        <v>129</v>
+      </c>
+      <c r="H69" s="58">
+        <v>0</v>
+      </c>
+      <c r="I69" s="58">
+        <v>0</v>
+      </c>
+      <c r="J69" s="58">
+        <v>0</v>
+      </c>
+      <c r="K69" s="58">
+        <v>69</v>
+      </c>
+      <c r="L69" s="58">
+        <v>0</v>
+      </c>
+      <c r="M69" s="58">
+        <v>14</v>
+      </c>
+      <c r="N69" s="58">
+        <v>0</v>
+      </c>
+      <c r="O69" s="58">
+        <v>14</v>
+      </c>
+      <c r="P69" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="58">
+        <v>12</v>
+      </c>
+      <c r="R69" s="58">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="T69" s="59"/>
+      <c r="U69" s="60"/>
+      <c r="V69" s="60"/>
+    </row>
+    <row r="70" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B70" s="62" t="s">
+        <v>130</v>
+      </c>
+      <c r="C70" s="62" t="s">
+        <v>135</v>
+      </c>
+      <c r="D70" s="63" t="s">
+        <v>136</v>
+      </c>
+      <c r="E70" s="64">
+        <v>144</v>
+      </c>
+      <c r="F70" s="65">
+        <v>59</v>
+      </c>
+      <c r="G70" s="65">
+        <v>39</v>
+      </c>
+      <c r="H70" s="65">
+        <v>0</v>
+      </c>
+      <c r="I70" s="65">
+        <v>0</v>
+      </c>
+      <c r="J70" s="65">
+        <v>0</v>
+      </c>
+      <c r="K70" s="66">
+        <v>0</v>
+      </c>
+      <c r="L70" s="65">
+        <v>0</v>
+      </c>
+      <c r="M70" s="65">
+        <v>13.99</v>
+      </c>
+      <c r="N70" s="65">
+        <v>0</v>
+      </c>
+      <c r="O70" s="65">
+        <v>0</v>
+      </c>
+      <c r="P70" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="67">
+        <v>0</v>
+      </c>
+      <c r="R70" s="65">
+        <v>48.5</v>
+      </c>
+      <c r="T70" s="59"/>
+      <c r="U70" s="60"/>
+      <c r="V70" s="60"/>
+    </row>
+    <row r="71" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B71" s="54" t="s">
+        <v>130</v>
+      </c>
+      <c r="C71" s="54" t="s">
+        <v>137</v>
+      </c>
+      <c r="D71" s="55" t="s">
+        <v>138</v>
+      </c>
+      <c r="E71" s="56">
+        <v>129000</v>
+      </c>
+      <c r="F71" s="57">
+        <v>89000</v>
+      </c>
+      <c r="G71" s="57">
+        <v>59000</v>
+      </c>
+      <c r="H71" s="57">
+        <v>0</v>
+      </c>
+      <c r="I71" s="58">
+        <v>0</v>
+      </c>
+      <c r="J71" s="58">
+        <v>0</v>
+      </c>
+      <c r="K71" s="57">
+        <v>0</v>
+      </c>
+      <c r="L71" s="58">
+        <v>0</v>
+      </c>
+      <c r="M71" s="57">
+        <v>4800</v>
+      </c>
+      <c r="N71" s="57">
+        <v>4500</v>
+      </c>
+      <c r="O71" s="57">
+        <v>0</v>
+      </c>
+      <c r="P71" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="69">
+        <v>0</v>
+      </c>
+      <c r="R71" s="57">
+        <v>4500</v>
+      </c>
+      <c r="T71" s="59"/>
+      <c r="U71" s="60"/>
+      <c r="V71" s="60"/>
+    </row>
+    <row r="72" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="62" t="s">
+        <v>139</v>
+      </c>
+      <c r="C72" s="62" t="s">
+        <v>140</v>
+      </c>
+      <c r="D72" s="63" t="s">
+        <v>141</v>
+      </c>
+      <c r="E72" s="64">
+        <v>214.8</v>
+      </c>
+      <c r="F72" s="65">
+        <v>134.25</v>
+      </c>
+      <c r="G72" s="65">
+        <v>80</v>
+      </c>
+      <c r="H72" s="65">
+        <v>0</v>
+      </c>
+      <c r="I72" s="65">
+        <v>0</v>
+      </c>
+      <c r="J72" s="65">
+        <v>0</v>
+      </c>
+      <c r="K72" s="66">
+        <v>0</v>
+      </c>
+      <c r="L72" s="65">
+        <v>0</v>
+      </c>
+      <c r="M72" s="65">
+        <v>15.5</v>
+      </c>
+      <c r="N72" s="65">
+        <v>0</v>
+      </c>
+      <c r="O72" s="65">
+        <v>0</v>
+      </c>
+      <c r="P72" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="67">
+        <v>0</v>
+      </c>
+      <c r="R72" s="65">
+        <v>17.75</v>
+      </c>
+      <c r="T72" s="59"/>
+      <c r="U72" s="60"/>
+      <c r="V72" s="60"/>
+    </row>
+    <row r="73" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B73" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C73" s="54" t="s">
+        <v>142</v>
+      </c>
+      <c r="D73" s="55" t="s">
+        <v>143</v>
+      </c>
+      <c r="E73" s="56">
+        <v>0</v>
+      </c>
+      <c r="F73" s="57">
+        <v>0</v>
+      </c>
+      <c r="G73" s="58">
+        <v>55</v>
+      </c>
+      <c r="H73" s="57">
+        <v>0</v>
+      </c>
+      <c r="I73" s="58">
+        <v>0</v>
+      </c>
+      <c r="J73" s="58">
+        <v>0</v>
+      </c>
+      <c r="K73" s="57">
+        <v>0</v>
+      </c>
+      <c r="L73" s="58">
+        <v>0</v>
+      </c>
+      <c r="M73" s="58">
+        <v>10</v>
+      </c>
+      <c r="N73" s="57">
+        <v>0</v>
+      </c>
+      <c r="O73" s="57">
+        <v>0</v>
+      </c>
+      <c r="P73" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="69">
+        <v>0</v>
+      </c>
+      <c r="R73" s="57">
+        <v>10</v>
+      </c>
+      <c r="T73" s="59"/>
+      <c r="U73" s="60"/>
+      <c r="V73" s="60"/>
+    </row>
+    <row r="74" spans="2:22" ht="54" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B74" s="62" t="s">
+        <v>139</v>
+      </c>
+      <c r="C74" s="62" t="s">
+        <v>144</v>
+      </c>
+      <c r="D74" s="63" t="s">
+        <v>145</v>
+      </c>
+      <c r="E74" s="64">
+        <v>141.23869999999999</v>
+      </c>
+      <c r="F74" s="65">
+        <v>90.388699999999986</v>
+      </c>
+      <c r="G74" s="65">
+        <v>56.488699999999994</v>
+      </c>
+      <c r="H74" s="65">
+        <v>0</v>
+      </c>
+      <c r="I74" s="65">
+        <v>0</v>
+      </c>
+      <c r="J74" s="65">
+        <v>0</v>
+      </c>
+      <c r="K74" s="66">
+        <v>0</v>
+      </c>
+      <c r="L74" s="65">
+        <v>0</v>
+      </c>
+      <c r="M74" s="65">
+        <v>10.92</v>
+      </c>
+      <c r="N74" s="65">
+        <v>0</v>
+      </c>
+      <c r="O74" s="65">
+        <v>0</v>
+      </c>
+      <c r="P74" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="67">
+        <v>0</v>
+      </c>
+      <c r="R74" s="65">
+        <v>18.850000000000001</v>
+      </c>
+      <c r="T74" s="59" t="s">
+        <v>146</v>
+      </c>
+      <c r="U74" s="60"/>
+      <c r="V74" s="60"/>
+    </row>
+    <row r="75" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C75" s="54" t="s">
+        <v>147</v>
+      </c>
+      <c r="D75" s="55" t="s">
+        <v>148</v>
+      </c>
+      <c r="E75" s="56">
+        <v>420000</v>
+      </c>
+      <c r="F75" s="57">
+        <v>210000</v>
+      </c>
+      <c r="G75" s="57">
+        <v>119000</v>
+      </c>
+      <c r="H75" s="57">
+        <v>0</v>
+      </c>
+      <c r="I75" s="57">
+        <v>0</v>
+      </c>
+      <c r="J75" s="57">
+        <v>0</v>
+      </c>
+      <c r="K75" s="57">
+        <v>0</v>
+      </c>
+      <c r="L75" s="57">
+        <v>0</v>
+      </c>
+      <c r="M75" s="57">
+        <v>11500</v>
+      </c>
+      <c r="N75" s="57">
+        <v>0</v>
+      </c>
+      <c r="O75" s="57">
+        <v>0</v>
+      </c>
+      <c r="P75" s="57">
+        <v>8200</v>
+      </c>
+      <c r="Q75" s="69">
+        <v>0</v>
+      </c>
+      <c r="R75" s="57">
+        <v>13000</v>
+      </c>
+      <c r="T75" s="59"/>
+      <c r="U75" s="60"/>
+      <c r="V75" s="60"/>
+    </row>
+    <row r="76" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B76" s="62" t="s">
+        <v>139</v>
+      </c>
+      <c r="C76" s="62" t="s">
+        <v>149</v>
+      </c>
+      <c r="D76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="E76" s="70">
+        <v>65000</v>
+      </c>
+      <c r="F76" s="66">
+        <v>35000</v>
+      </c>
+      <c r="G76" s="66">
+        <v>21500</v>
+      </c>
+      <c r="H76" s="66">
+        <v>0</v>
+      </c>
+      <c r="I76" s="66">
+        <v>0</v>
+      </c>
+      <c r="J76" s="66">
+        <v>0</v>
+      </c>
+      <c r="K76" s="66">
+        <v>0</v>
+      </c>
+      <c r="L76" s="66">
+        <v>0</v>
+      </c>
+      <c r="M76" s="66">
+        <v>2600</v>
+      </c>
+      <c r="N76" s="66">
+        <v>0</v>
+      </c>
+      <c r="O76" s="66">
+        <v>2600</v>
+      </c>
+      <c r="P76" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="67">
+        <v>0</v>
+      </c>
+      <c r="R76" s="66">
+        <v>2600</v>
+      </c>
+      <c r="T76" s="59"/>
+      <c r="U76" s="60"/>
+      <c r="V76" s="60"/>
+    </row>
+    <row r="77" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B77" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C77" s="54" t="s">
+        <v>151</v>
+      </c>
+      <c r="D77" s="55" t="s">
+        <v>152</v>
+      </c>
+      <c r="E77" s="68">
+        <v>214.8</v>
+      </c>
+      <c r="F77" s="58">
+        <v>134.25</v>
+      </c>
+      <c r="G77" s="58">
+        <v>80</v>
+      </c>
+      <c r="H77" s="57">
+        <v>0</v>
+      </c>
+      <c r="I77" s="57">
+        <v>0</v>
+      </c>
+      <c r="J77" s="57">
+        <v>0</v>
+      </c>
+      <c r="K77" s="57">
+        <v>0</v>
+      </c>
+      <c r="L77" s="57">
+        <v>0</v>
+      </c>
+      <c r="M77" s="58">
+        <v>12.75</v>
+      </c>
+      <c r="N77" s="57">
+        <v>0</v>
+      </c>
+      <c r="O77" s="58">
+        <v>0</v>
+      </c>
+      <c r="P77" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="69">
+        <v>0</v>
+      </c>
+      <c r="R77" s="58">
+        <v>14.5</v>
+      </c>
+      <c r="T77" s="59"/>
+      <c r="U77" s="60"/>
+      <c r="V77" s="60"/>
+    </row>
+    <row r="78" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="62" t="s">
+        <v>139</v>
+      </c>
+      <c r="C78" s="62" t="s">
+        <v>153</v>
+      </c>
+      <c r="D78" s="63" t="s">
+        <v>154</v>
+      </c>
+      <c r="E78" s="70">
+        <v>6900</v>
+      </c>
+      <c r="F78" s="66">
+        <v>3600</v>
+      </c>
+      <c r="G78" s="66">
+        <v>2500</v>
+      </c>
+      <c r="H78" s="66">
+        <v>0</v>
+      </c>
+      <c r="I78" s="66">
+        <v>0</v>
+      </c>
+      <c r="J78" s="66">
+        <v>0</v>
+      </c>
+      <c r="K78" s="66">
+        <v>0</v>
+      </c>
+      <c r="L78" s="66">
+        <v>0</v>
+      </c>
+      <c r="M78" s="65">
+        <v>310</v>
+      </c>
+      <c r="N78" s="66">
+        <v>0</v>
+      </c>
+      <c r="O78" s="65">
+        <v>0</v>
+      </c>
+      <c r="P78" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="67">
+        <v>0</v>
+      </c>
+      <c r="R78" s="65">
+        <v>340</v>
+      </c>
+      <c r="T78" s="59"/>
+      <c r="U78" s="60"/>
+      <c r="V78" s="60"/>
+    </row>
+    <row r="79" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B79" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C79" s="54" t="s">
+        <v>155</v>
+      </c>
+      <c r="D79" s="55" t="s">
+        <v>143</v>
+      </c>
+      <c r="E79" s="68">
+        <v>110</v>
+      </c>
+      <c r="F79" s="58">
+        <v>70</v>
+      </c>
+      <c r="G79" s="58">
         <v>45</v>
       </c>
-      <c r="M6" s="23" t="s">
-[...151 lines deleted...]
-      <c r="I9" s="1">
+      <c r="H79" s="58">
+        <v>0</v>
+      </c>
+      <c r="I79" s="58">
+        <v>0</v>
+      </c>
+      <c r="J79" s="58">
+        <v>0</v>
+      </c>
+      <c r="K79" s="57">
+        <v>0</v>
+      </c>
+      <c r="L79" s="58">
+        <v>0</v>
+      </c>
+      <c r="M79" s="69">
+        <v>5</v>
+      </c>
+      <c r="N79" s="57">
+        <v>0</v>
+      </c>
+      <c r="O79" s="69">
+        <v>0</v>
+      </c>
+      <c r="P79" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="69">
+        <v>0</v>
+      </c>
+      <c r="R79" s="69">
+        <v>6.5</v>
+      </c>
+      <c r="T79" s="59"/>
+      <c r="U79" s="60"/>
+      <c r="V79" s="60"/>
+    </row>
+    <row r="80" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B80" s="62" t="s">
+        <v>139</v>
+      </c>
+      <c r="C80" s="62" t="s">
+        <v>156</v>
+      </c>
+      <c r="D80" s="63" t="s">
+        <v>143</v>
+      </c>
+      <c r="E80" s="70">
+        <v>0</v>
+      </c>
+      <c r="F80" s="66">
+        <v>0</v>
+      </c>
+      <c r="G80" s="66">
+        <v>0</v>
+      </c>
+      <c r="H80" s="65">
+        <v>45</v>
+      </c>
+      <c r="I80" s="65">
+        <v>0</v>
+      </c>
+      <c r="J80" s="65">
+        <v>0</v>
+      </c>
+      <c r="K80" s="66">
+        <v>0</v>
+      </c>
+      <c r="L80" s="65">
+        <v>0</v>
+      </c>
+      <c r="M80" s="65">
+        <v>0</v>
+      </c>
+      <c r="N80" s="66">
+        <v>0</v>
+      </c>
+      <c r="O80" s="67">
+        <v>4</v>
+      </c>
+      <c r="P80" s="65">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="65">
+        <v>0</v>
+      </c>
+      <c r="R80" s="67">
+        <v>3.6</v>
+      </c>
+      <c r="T80" s="59"/>
+      <c r="U80" s="60"/>
+      <c r="V80" s="60"/>
+    </row>
+    <row r="81" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B81" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="C81" s="54" t="s">
+        <v>157</v>
+      </c>
+      <c r="D81" s="55" t="s">
+        <v>158</v>
+      </c>
+      <c r="E81" s="68">
+        <v>900</v>
+      </c>
+      <c r="F81" s="58">
+        <v>500</v>
+      </c>
+      <c r="G81" s="58">
+        <v>299</v>
+      </c>
+      <c r="H81" s="58">
+        <v>0</v>
+      </c>
+      <c r="I81" s="58">
+        <v>0</v>
+      </c>
+      <c r="J81" s="58">
+        <v>0</v>
+      </c>
+      <c r="K81" s="57">
+        <v>0</v>
+      </c>
+      <c r="L81" s="58">
+        <v>0</v>
+      </c>
+      <c r="M81" s="58">
+        <v>27</v>
+      </c>
+      <c r="N81" s="57">
+        <v>0</v>
+      </c>
+      <c r="O81" s="58">
+        <v>27</v>
+      </c>
+      <c r="P81" s="58">
+        <v>0</v>
+      </c>
+      <c r="Q81" s="58">
+        <v>23</v>
+      </c>
+      <c r="R81" s="58">
         <v>29</v>
       </c>
-      <c r="J9" s="1">
-[...928 lines deleted...]
-      <c r="C26" s="32" t="s">
+      <c r="T81" s="59"/>
+      <c r="U81" s="60"/>
+      <c r="V81" s="60"/>
+    </row>
+    <row r="82" spans="2:22" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B82" s="61" t="s">
+        <v>139</v>
+      </c>
+      <c r="C82" s="61" t="s">
+        <v>159</v>
+      </c>
+      <c r="D82" s="78" t="s">
+        <v>160</v>
+      </c>
+      <c r="E82" s="79">
+        <v>1499</v>
+      </c>
+      <c r="F82" s="80">
+        <v>999</v>
+      </c>
+      <c r="G82" s="81">
+        <v>599</v>
+      </c>
+      <c r="H82" s="81">
+        <v>989</v>
+      </c>
+      <c r="I82" s="81">
+        <v>539</v>
+      </c>
+      <c r="J82" s="81">
+        <v>0</v>
+      </c>
+      <c r="K82" s="80">
+        <v>0</v>
+      </c>
+      <c r="L82" s="81">
+        <v>0</v>
+      </c>
+      <c r="M82" s="81">
         <v>78</v>
       </c>
-      <c r="D26" s="33" t="s">
-[...332 lines deleted...]
-      <c r="C32" s="32" t="s">
+      <c r="N82" s="80">
+        <v>0</v>
+      </c>
+      <c r="O82" s="81">
+        <v>78</v>
+      </c>
+      <c r="P82" s="81">
+        <v>0</v>
+      </c>
+      <c r="Q82" s="81">
+        <v>0</v>
+      </c>
+      <c r="R82" s="81">
         <v>87</v>
       </c>
-      <c r="D32" s="33" t="s">
-[...2798 lines deleted...]
-    <row r="82" spans="2:22" ht="18.75" thickTop="1" x14ac:dyDescent="0.35"/>
+      <c r="T82" s="59"/>
+      <c r="U82" s="60"/>
+      <c r="V82" s="60"/>
+    </row>
+    <row r="83" spans="2:22" ht="18.75" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="T83" s="1"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Nk4x6hkUMbDfGLnonKcuz+pE4dSZaCQafHh0TBEUgMAuLsu+kCJf/uHH9/TxBgZNeUKQY6goui+0baohHd53NQ==" saltValue="ad8hq0Vj8JS3uoSzZCgVUA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NSw0wxPCPyrnSGqnS/f1IBciob3SQX0lxYY+vX1/71ja5iyBVpPwL+JDX8GRnfnQcvSAYuBck1408FyP3R5iPg==" saltValue="EvAsDFRJgkKJNg3mN9EQ2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="T5:T6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="23" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
   </headerFooter>
-  <ignoredErrors>
-[...2 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1FA3D725-5045-44CF-ABFD-D2714E1A2125}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
-  <dimension ref="B2:R47"/>
+  <dimension ref="B2:R55"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="H18" sqref="H18"/>
       <selection pane="bottomLeft" activeCell="H18" sqref="H18"/>
-      <selection pane="bottomRight" activeCell="K15" sqref="K15"/>
+      <selection pane="bottomRight" activeCell="K11" sqref="K11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="9"/>
-[...8 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="9"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="23.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="27.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="10.28515625" style="1" customWidth="1"/>
+    <col min="5" max="6" width="9.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12" style="1" customWidth="1"/>
+    <col min="8" max="9" width="7" style="1" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="55" style="44" customWidth="1"/>
+    <col min="12" max="13" width="9.28515625" style="1"/>
+    <col min="14" max="14" width="25.140625" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:18" x14ac:dyDescent="0.35">
-      <c r="B2" s="11" t="s">
-        <v>24</v>
+      <c r="B2" s="6" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:18" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="49" t="s">
-[...5 lines deleted...]
-      <c r="B4" s="51" t="s">
+      <c r="C3" s="82"/>
+      <c r="N3" s="83" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="2:18" s="2" customFormat="1" ht="39.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="E4" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46"/>
+      <c r="H4" s="46"/>
+      <c r="I4" s="46"/>
+      <c r="K4" s="49"/>
+      <c r="N4" s="161" t="s">
+        <v>291</v>
+      </c>
+      <c r="O4" s="161"/>
+      <c r="Q4" s="161"/>
+      <c r="R4" s="161"/>
+    </row>
+    <row r="5" spans="2:18" ht="21.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="5"/>
+      <c r="E5" s="50" t="s">
+        <v>162</v>
+      </c>
+      <c r="F5" s="51"/>
+      <c r="G5" s="162" t="s">
+        <v>163</v>
+      </c>
+      <c r="H5" s="50" t="s">
+        <v>164</v>
+      </c>
+      <c r="I5" s="51"/>
+      <c r="K5" s="159" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="2:18" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="F6" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="C4" s="51"/>
-[...13 lines deleted...]
-      <c r="E5" s="20" t="s">
+      <c r="G6" s="163"/>
+      <c r="H6" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="I6" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="K6" s="159"/>
+    </row>
+    <row r="7" spans="2:18" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="84" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="86">
+        <v>13</v>
+      </c>
+      <c r="F7" s="87">
+        <v>5.95</v>
+      </c>
+      <c r="G7" s="87">
+        <v>6.8</v>
+      </c>
+      <c r="H7" s="88"/>
+      <c r="I7" s="89"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="90"/>
+    </row>
+    <row r="8" spans="2:18" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="91" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" s="93">
+        <v>8.5</v>
+      </c>
+      <c r="F8" s="93">
+        <v>8.5</v>
+      </c>
+      <c r="G8" s="93">
+        <v>0</v>
+      </c>
+      <c r="H8" s="88"/>
+      <c r="I8" s="89"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="90"/>
+    </row>
+    <row r="9" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="84" t="s">
         <v>167</v>
       </c>
-      <c r="F5" s="21"/>
-      <c r="G5" s="136" t="s">
+      <c r="D9" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="87">
+        <v>9.5</v>
+      </c>
+      <c r="F9" s="87">
+        <v>9</v>
+      </c>
+      <c r="G9" s="87">
+        <v>0</v>
+      </c>
+      <c r="H9" s="88"/>
+      <c r="I9" s="89"/>
+      <c r="K9" s="59"/>
+    </row>
+    <row r="10" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="91" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="92" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" s="94">
+        <v>18</v>
+      </c>
+      <c r="F10" s="94">
+        <v>14</v>
+      </c>
+      <c r="G10" s="94">
+        <v>0</v>
+      </c>
+      <c r="H10" s="88"/>
+      <c r="I10" s="89"/>
+      <c r="K10" s="59"/>
+    </row>
+    <row r="11" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="87">
+        <v>7</v>
+      </c>
+      <c r="F11" s="87">
+        <v>3</v>
+      </c>
+      <c r="G11" s="87">
+        <v>7.0000000000000009</v>
+      </c>
+      <c r="H11" s="88"/>
+      <c r="I11" s="89"/>
+      <c r="K11" s="59"/>
+    </row>
+    <row r="12" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="94">
+        <v>11</v>
+      </c>
+      <c r="F12" s="93">
+        <v>3.99</v>
+      </c>
+      <c r="G12" s="93">
+        <v>7.49</v>
+      </c>
+      <c r="H12" s="88"/>
+      <c r="I12" s="89"/>
+      <c r="K12" s="59"/>
+    </row>
+    <row r="13" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="87">
+        <v>7.5</v>
+      </c>
+      <c r="F13" s="87">
+        <v>4</v>
+      </c>
+      <c r="G13" s="87">
+        <v>0</v>
+      </c>
+      <c r="H13" s="88"/>
+      <c r="I13" s="89"/>
+      <c r="K13" s="59"/>
+    </row>
+    <row r="14" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="91" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" s="94">
+        <v>290</v>
+      </c>
+      <c r="F14" s="94">
+        <v>229</v>
+      </c>
+      <c r="G14" s="94">
+        <v>209</v>
+      </c>
+      <c r="H14" s="88"/>
+      <c r="I14" s="89"/>
+      <c r="K14" s="59"/>
+    </row>
+    <row r="15" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="84" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="85" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" s="86">
+        <v>70</v>
+      </c>
+      <c r="F15" s="87">
+        <v>40</v>
+      </c>
+      <c r="G15" s="87">
+        <v>70</v>
+      </c>
+      <c r="H15" s="88"/>
+      <c r="I15" s="89"/>
+      <c r="K15" s="59"/>
+    </row>
+    <row r="16" spans="2:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="91" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="94">
+        <v>10</v>
+      </c>
+      <c r="F16" s="93">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="G16" s="93">
+        <v>0</v>
+      </c>
+      <c r="H16" s="88"/>
+      <c r="I16" s="89"/>
+      <c r="K16" s="59"/>
+    </row>
+    <row r="17" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="84" t="s">
         <v>168</v>
       </c>
-      <c r="H5" s="20" t="s">
+      <c r="D17" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="87">
+        <v>7.99</v>
+      </c>
+      <c r="F17" s="87">
+        <v>8.9</v>
+      </c>
+      <c r="G17" s="87">
+        <v>7.99</v>
+      </c>
+      <c r="H17" s="88"/>
+      <c r="I17" s="89"/>
+      <c r="K17" s="59"/>
+    </row>
+    <row r="18" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="91" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="94">
+        <v>9.99</v>
+      </c>
+      <c r="F18" s="93">
+        <v>8</v>
+      </c>
+      <c r="G18" s="93">
+        <v>0</v>
+      </c>
+      <c r="H18" s="88"/>
+      <c r="I18" s="89"/>
+      <c r="K18" s="59"/>
+    </row>
+    <row r="19" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="84" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" s="87">
+        <v>10.9</v>
+      </c>
+      <c r="F19" s="87">
+        <v>10.9</v>
+      </c>
+      <c r="G19" s="87">
+        <v>10.9</v>
+      </c>
+      <c r="H19" s="88"/>
+      <c r="I19" s="89"/>
+      <c r="K19" s="59"/>
+    </row>
+    <row r="20" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" s="91" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" s="94">
+        <v>10</v>
+      </c>
+      <c r="F20" s="93">
+        <v>3</v>
+      </c>
+      <c r="G20" s="93">
+        <v>8</v>
+      </c>
+      <c r="H20" s="88"/>
+      <c r="I20" s="89"/>
+      <c r="K20" s="59" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="21" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="84" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="87">
+        <v>9</v>
+      </c>
+      <c r="F21" s="87">
+        <v>7.9</v>
+      </c>
+      <c r="G21" s="87">
+        <v>0</v>
+      </c>
+      <c r="H21" s="88"/>
+      <c r="I21" s="89"/>
+      <c r="K21" s="59"/>
+    </row>
+    <row r="22" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="91" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="94">
+        <v>0</v>
+      </c>
+      <c r="F22" s="94">
+        <v>0</v>
+      </c>
+      <c r="G22" s="93">
+        <v>7.5</v>
+      </c>
+      <c r="H22" s="88"/>
+      <c r="I22" s="89"/>
+      <c r="K22" s="59"/>
+    </row>
+    <row r="23" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="84" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="86">
+        <v>0</v>
+      </c>
+      <c r="F23" s="86">
+        <v>0</v>
+      </c>
+      <c r="G23" s="87">
+        <v>7.9</v>
+      </c>
+      <c r="H23" s="88"/>
+      <c r="I23" s="89"/>
+      <c r="K23" s="59"/>
+    </row>
+    <row r="24" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="91" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="92" t="s">
+        <v>63</v>
+      </c>
+      <c r="E24" s="94">
+        <v>49.99</v>
+      </c>
+      <c r="F24" s="94">
+        <v>19.95</v>
+      </c>
+      <c r="G24" s="94">
+        <v>0</v>
+      </c>
+      <c r="H24" s="88"/>
+      <c r="I24" s="89"/>
+      <c r="K24" s="59"/>
+    </row>
+    <row r="25" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="84" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" s="87">
+        <v>7.99</v>
+      </c>
+      <c r="F25" s="87">
+        <v>7.99</v>
+      </c>
+      <c r="G25" s="87">
+        <v>7.99</v>
+      </c>
+      <c r="H25" s="88"/>
+      <c r="I25" s="89"/>
+      <c r="K25" s="95"/>
+    </row>
+    <row r="26" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="91" t="s">
         <v>169</v>
       </c>
-      <c r="I5" s="21"/>
-[...5 lines deleted...]
-      <c r="B6" s="23" t="s">
+      <c r="D26" s="92" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" s="94">
         <v>39</v>
       </c>
-      <c r="C6" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="23" t="s">
+      <c r="F26" s="94">
+        <v>21</v>
+      </c>
+      <c r="G26" s="94">
+        <v>33</v>
+      </c>
+      <c r="H26" s="88"/>
+      <c r="I26" s="89"/>
+      <c r="K26" s="59"/>
+    </row>
+    <row r="27" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="84" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="85" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="86">
+        <v>799</v>
+      </c>
+      <c r="F27" s="86">
+        <v>399</v>
+      </c>
+      <c r="G27" s="86">
+        <v>799</v>
+      </c>
+      <c r="H27" s="88"/>
+      <c r="I27" s="89"/>
+      <c r="K27" s="59"/>
+    </row>
+    <row r="28" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="91" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="94">
+        <v>14.9</v>
+      </c>
+      <c r="F28" s="94">
+        <v>8.9</v>
+      </c>
+      <c r="G28" s="93">
+        <v>7.9</v>
+      </c>
+      <c r="H28" s="88"/>
+      <c r="I28" s="89"/>
+      <c r="K28" s="59"/>
+    </row>
+    <row r="29" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="84" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="86">
+        <v>9.5</v>
+      </c>
+      <c r="F29" s="86">
+        <v>7.5</v>
+      </c>
+      <c r="G29" s="87">
+        <v>8.5</v>
+      </c>
+      <c r="H29" s="88"/>
+      <c r="I29" s="89"/>
+      <c r="K29" s="59"/>
+    </row>
+    <row r="30" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="91" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="E30" s="94">
+        <v>99</v>
+      </c>
+      <c r="F30" s="93">
+        <v>59</v>
+      </c>
+      <c r="G30" s="93">
+        <v>89</v>
+      </c>
+      <c r="H30" s="88"/>
+      <c r="I30" s="89"/>
+      <c r="K30" s="59"/>
+    </row>
+    <row r="31" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="84" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" s="85" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" s="86">
+        <v>8.9</v>
+      </c>
+      <c r="F31" s="86">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="G31" s="87">
+        <v>9.9</v>
+      </c>
+      <c r="H31" s="88"/>
+      <c r="I31" s="89"/>
+      <c r="K31" s="59"/>
+    </row>
+    <row r="32" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="91" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" s="92" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" s="93">
+        <v>6</v>
+      </c>
+      <c r="F32" s="93">
+        <v>5.99</v>
+      </c>
+      <c r="G32" s="93">
+        <v>0</v>
+      </c>
+      <c r="H32" s="88"/>
+      <c r="I32" s="89"/>
+      <c r="K32" s="59"/>
+    </row>
+    <row r="33" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" s="84" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="85" t="s">
+        <v>92</v>
+      </c>
+      <c r="E33" s="96">
+        <v>99000</v>
+      </c>
+      <c r="F33" s="96">
+        <v>70000</v>
+      </c>
+      <c r="G33" s="96">
+        <v>80000</v>
+      </c>
+      <c r="H33" s="88"/>
+      <c r="I33" s="89"/>
+      <c r="K33" s="59"/>
+    </row>
+    <row r="34" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C34" s="91" t="s">
         <v>170</v>
       </c>
-      <c r="F6" s="23" t="s">
+      <c r="D34" s="92" t="s">
         <v>171</v>
       </c>
-      <c r="G6" s="137"/>
-[...60 lines deleted...]
-      <c r="C9" s="52" t="s">
+      <c r="E34" s="94">
+        <v>0</v>
+      </c>
+      <c r="F34" s="94">
+        <v>0</v>
+      </c>
+      <c r="G34" s="93">
+        <v>3.5</v>
+      </c>
+      <c r="H34" s="88"/>
+      <c r="I34" s="89"/>
+      <c r="K34" s="71"/>
+    </row>
+    <row r="35" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="84" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" s="87">
+        <v>9.9</v>
+      </c>
+      <c r="F35" s="87">
+        <v>7</v>
+      </c>
+      <c r="G35" s="87">
+        <v>0</v>
+      </c>
+      <c r="H35" s="97"/>
+      <c r="I35" s="98"/>
+      <c r="K35" s="59"/>
+    </row>
+    <row r="36" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C36" s="91" t="s">
+        <v>118</v>
+      </c>
+      <c r="D36" s="92" t="s">
+        <v>119</v>
+      </c>
+      <c r="E36" s="94"/>
+      <c r="F36" s="93">
+        <v>120</v>
+      </c>
+      <c r="G36" s="93">
+        <v>99</v>
+      </c>
+      <c r="H36" s="88"/>
+      <c r="I36" s="89"/>
+      <c r="K36" s="59"/>
+    </row>
+    <row r="37" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="C37" s="84" t="s">
         <v>172</v>
       </c>
-      <c r="D9" s="53" t="s">
-[...140 lines deleted...]
-      <c r="E15" s="54">
+      <c r="D37" s="85" t="s">
+        <v>173</v>
+      </c>
+      <c r="E37" s="96">
+        <v>1200</v>
+      </c>
+      <c r="F37" s="96">
+        <v>1400</v>
+      </c>
+      <c r="G37" s="87">
+        <v>0</v>
+      </c>
+      <c r="H37" s="88"/>
+      <c r="I37" s="89"/>
+      <c r="K37" s="59"/>
+    </row>
+    <row r="38" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="91" t="s">
+        <v>130</v>
+      </c>
+      <c r="C38" s="91" t="s">
+        <v>133</v>
+      </c>
+      <c r="D38" s="92" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" s="94">
+        <v>29</v>
+      </c>
+      <c r="F38" s="94">
+        <v>19</v>
+      </c>
+      <c r="G38" s="94">
+        <v>12.9</v>
+      </c>
+      <c r="H38" s="88"/>
+      <c r="I38" s="89"/>
+      <c r="K38" s="59"/>
+    </row>
+    <row r="39" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" s="84" t="s">
+        <v>174</v>
+      </c>
+      <c r="D39" s="85" t="s">
+        <v>173</v>
+      </c>
+      <c r="E39" s="96">
+        <v>1490</v>
+      </c>
+      <c r="F39" s="96">
+        <v>1300</v>
+      </c>
+      <c r="G39" s="86">
+        <v>0</v>
+      </c>
+      <c r="H39" s="88"/>
+      <c r="I39" s="89"/>
+      <c r="K39" s="59"/>
+    </row>
+    <row r="40" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="91" t="s">
+        <v>130</v>
+      </c>
+      <c r="C40" s="91" t="s">
+        <v>135</v>
+      </c>
+      <c r="D40" s="92" t="s">
+        <v>136</v>
+      </c>
+      <c r="E40" s="94">
+        <v>8.99</v>
+      </c>
+      <c r="F40" s="94">
+        <v>8.99</v>
+      </c>
+      <c r="G40" s="93">
+        <v>0</v>
+      </c>
+      <c r="H40" s="88"/>
+      <c r="I40" s="89"/>
+      <c r="K40" s="59"/>
+    </row>
+    <row r="41" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C41" s="84" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="85" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" s="86">
+        <v>10.1587</v>
+      </c>
+      <c r="F41" s="86">
+        <v>16.938699999999997</v>
+      </c>
+      <c r="G41" s="86">
+        <v>10.1587</v>
+      </c>
+      <c r="H41" s="99"/>
+      <c r="I41" s="100"/>
+      <c r="J41" s="101"/>
+      <c r="K41" s="102"/>
+    </row>
+    <row r="42" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C42" s="91" t="s">
+        <v>287</v>
+      </c>
+      <c r="D42" s="92" t="s">
+        <v>288</v>
+      </c>
+      <c r="E42" s="94"/>
+      <c r="F42" s="93"/>
+      <c r="G42" s="103">
+        <v>5990</v>
+      </c>
+      <c r="H42" s="88"/>
+      <c r="I42" s="89"/>
+      <c r="K42" s="59"/>
+    </row>
+    <row r="43" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C43" s="84" t="s">
+        <v>147</v>
+      </c>
+      <c r="D43" s="85" t="s">
+        <v>148</v>
+      </c>
+      <c r="E43" s="86">
+        <v>0</v>
+      </c>
+      <c r="F43" s="86">
+        <v>0</v>
+      </c>
+      <c r="G43" s="96">
+        <v>30000</v>
+      </c>
+      <c r="H43" s="88"/>
+      <c r="I43" s="89"/>
+      <c r="K43" s="59"/>
+    </row>
+    <row r="44" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C44" s="91" t="s">
+        <v>149</v>
+      </c>
+      <c r="D44" s="92" t="s">
+        <v>150</v>
+      </c>
+      <c r="E44" s="94">
+        <v>0</v>
+      </c>
+      <c r="F44" s="94">
+        <v>0</v>
+      </c>
+      <c r="G44" s="103">
+        <v>3900</v>
+      </c>
+      <c r="H44" s="88"/>
+      <c r="I44" s="89"/>
+      <c r="K44" s="59"/>
+    </row>
+    <row r="45" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C45" s="84" t="s">
+        <v>175</v>
+      </c>
+      <c r="D45" s="85" t="s">
+        <v>154</v>
+      </c>
+      <c r="E45" s="86">
+        <v>650</v>
+      </c>
+      <c r="F45" s="86">
+        <v>600</v>
+      </c>
+      <c r="G45" s="86">
+        <v>450</v>
+      </c>
+      <c r="H45" s="88"/>
+      <c r="I45" s="89"/>
+      <c r="K45" s="59"/>
+    </row>
+    <row r="46" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C46" s="91" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E46" s="94">
+        <v>0</v>
+      </c>
+      <c r="F46" s="94">
+        <v>0</v>
+      </c>
+      <c r="G46" s="94">
         <v>10</v>
       </c>
-      <c r="F15" s="55">
-[...174 lines deleted...]
-      <c r="C23" s="52" t="s">
+      <c r="H46" s="88"/>
+      <c r="I46" s="89"/>
+      <c r="K46" s="59"/>
+    </row>
+    <row r="47" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C47" s="84" t="s">
+        <v>157</v>
+      </c>
+      <c r="D47" s="85" t="s">
+        <v>158</v>
+      </c>
+      <c r="E47" s="86">
+        <v>125</v>
+      </c>
+      <c r="F47" s="86">
+        <v>57</v>
+      </c>
+      <c r="G47" s="86">
         <v>85</v>
       </c>
-      <c r="D23" s="53" t="s">
-[...249 lines deleted...]
-      <c r="C34" s="58" t="s">
+      <c r="H47" s="88"/>
+      <c r="I47" s="89"/>
+      <c r="K47" s="104"/>
+    </row>
+    <row r="48" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="91" t="s">
         <v>176</v>
       </c>
-      <c r="D34" s="59" t="s">
+      <c r="D48" s="92" t="s">
         <v>177</v>
       </c>
-      <c r="E34" s="67">
-[...16 lines deleted...]
-      <c r="C35" s="52" t="s">
+      <c r="E48" s="94">
+        <v>0</v>
+      </c>
+      <c r="F48" s="94">
+        <v>0</v>
+      </c>
+      <c r="G48" s="94">
+        <v>200</v>
+      </c>
+      <c r="H48" s="88"/>
+      <c r="I48" s="89"/>
+      <c r="K48" s="59"/>
+    </row>
+    <row r="49" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="84" t="s">
         <v>139</v>
       </c>
-      <c r="D35" s="53" t="s">
-[...19 lines deleted...]
-      <c r="C36" s="58" t="s">
+      <c r="C49" s="84" t="s">
         <v>178</v>
       </c>
-      <c r="D36" s="59" t="s">
-[...112 lines deleted...]
-      <c r="C41" s="52" t="s">
+      <c r="D49" s="85" t="s">
         <v>179</v>
       </c>
-      <c r="D41" s="53" t="s">
-[...64 lines deleted...]
-      <c r="C44" s="58" t="s">
+      <c r="E49" s="86">
+        <v>0</v>
+      </c>
+      <c r="F49" s="86">
+        <v>0</v>
+      </c>
+      <c r="G49" s="96">
+        <v>15000</v>
+      </c>
+      <c r="H49" s="88"/>
+      <c r="I49" s="89"/>
+      <c r="K49" s="59"/>
+    </row>
+    <row r="50" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="91" t="s">
         <v>180</v>
       </c>
-      <c r="D44" s="59" t="s">
+      <c r="D50" s="92" t="s">
         <v>181</v>
       </c>
-      <c r="E44" s="61">
-[...16 lines deleted...]
-      <c r="C45" s="52" t="s">
+      <c r="E50" s="94">
+        <v>0</v>
+      </c>
+      <c r="F50" s="94">
+        <v>0</v>
+      </c>
+      <c r="G50" s="94">
+        <v>19.899999999999999</v>
+      </c>
+      <c r="H50" s="88"/>
+      <c r="I50" s="89"/>
+      <c r="K50" s="59"/>
+    </row>
+    <row r="51" spans="2:11" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B51" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C51" s="84" t="s">
         <v>182</v>
       </c>
-      <c r="D45" s="53" t="s">
+      <c r="D51" s="85" t="s">
         <v>183</v>
       </c>
-      <c r="E45" s="54">
-[...51 lines deleted...]
-      <c r="G47" s="54">
+      <c r="E51" s="86">
+        <v>0</v>
+      </c>
+      <c r="F51" s="86">
+        <v>0</v>
+      </c>
+      <c r="G51" s="86">
         <v>50</v>
       </c>
-      <c r="H47" s="72"/>
-[...1 lines deleted...]
-      <c r="K47" s="57"/>
+      <c r="H51" s="88"/>
+      <c r="I51" s="89"/>
+      <c r="K51" s="59"/>
+    </row>
+    <row r="52" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="K52" s="1"/>
+    </row>
+    <row r="53" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="K53" s="1"/>
+    </row>
+    <row r="54" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="K54" s="1"/>
+    </row>
+    <row r="55" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="K55" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gMMnW6Hff0tFwDpgVOCKh8Ji6DrVV6iT9OpkuP2wbRi8ZAkbh9YKB1rdJOJIzvDVZV4MVOrSFnu9NhJFgYp0Ww==" saltValue="82/2TwDnYwPMbv1Ecj9p/Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="3">
+  <sheetProtection algorithmName="SHA-512" hashValue="ga+rR2tMfFaqb33gIM1sM2M376MIOsHoLJLW6V0BvK2uFRN9xrGsOiRo/ZtRUtuTs2BZZK+4itTBOVTJuGBLZw==" saltValue="5TONIXkOingrj0m5QtU7/w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B41:K51">
+    <sortCondition ref="C41:C51"/>
+  </sortState>
+  <mergeCells count="4">
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="K5:K6"/>
+    <mergeCell ref="N4:O4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F8B07FD-F4D0-496E-808E-975060175104}">
   <sheetPr>
     <tabColor theme="9"/>
   </sheetPr>
   <dimension ref="B2:I52"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E17" sqref="E17"/>
       <selection pane="bottomLeft" activeCell="E17" sqref="E17"/>
-      <selection pane="bottomRight" activeCell="L18" sqref="L18"/>
+      <selection pane="bottomRight" activeCell="H31" sqref="H31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="9"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="9"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="50.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="10.28515625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="26" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="69.42578125" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.35">
-      <c r="B2" s="11" t="s">
-        <v>24</v>
+      <c r="B2" s="6" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:7" x14ac:dyDescent="0.35">
-      <c r="B3" s="12"/>
-[...2 lines deleted...]
-      <c r="B4" s="138" t="s">
+      <c r="B3" s="4"/>
+    </row>
+    <row r="4" spans="2:7" s="2" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B4" s="164" t="s">
+        <v>184</v>
+      </c>
+      <c r="C4" s="164"/>
+    </row>
+    <row r="5" spans="2:7" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B5" s="5"/>
+      <c r="E5" s="2"/>
+      <c r="G5" s="2"/>
+    </row>
+    <row r="6" spans="2:7" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="G6" s="53" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="2:7" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="84" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="105">
+        <v>6</v>
+      </c>
+      <c r="G7" s="106"/>
+    </row>
+    <row r="8" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="91" t="s">
+        <v>186</v>
+      </c>
+      <c r="D8" s="92" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" s="107">
+        <v>8.5</v>
+      </c>
+      <c r="G8" s="108"/>
+    </row>
+    <row r="9" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="88">
+        <v>5</v>
+      </c>
+      <c r="G9" s="108"/>
+    </row>
+    <row r="10" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="109">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G10" s="108"/>
+    </row>
+    <row r="11" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="110" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" s="111" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" s="88">
+        <v>142.85714285714286</v>
+      </c>
+      <c r="G11" s="108"/>
+    </row>
+    <row r="12" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="91" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="92" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" s="112">
+        <v>56</v>
+      </c>
+      <c r="G12" s="108"/>
+    </row>
+    <row r="13" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="84" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="113">
+        <v>5.19</v>
+      </c>
+      <c r="G13" s="108"/>
+    </row>
+    <row r="14" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="91" t="s">
+        <v>168</v>
+      </c>
+      <c r="D14" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="114">
+        <v>6.49</v>
+      </c>
+      <c r="G14" s="108"/>
+    </row>
+    <row r="15" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="84" t="s">
+        <v>187</v>
+      </c>
+      <c r="D15" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="113">
+        <v>7</v>
+      </c>
+      <c r="G15" s="108"/>
+    </row>
+    <row r="16" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="91" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="109">
+        <v>5.5</v>
+      </c>
+      <c r="G16" s="108"/>
+    </row>
+    <row r="17" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="110" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="111" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" s="115">
+        <v>1900</v>
+      </c>
+      <c r="G17" s="108"/>
+    </row>
+    <row r="18" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18" s="91" t="s">
         <v>188</v>
       </c>
-      <c r="C4" s="138"/>
-[...16 lines deleted...]
-      <c r="E6" s="23" t="s">
+      <c r="D18" s="92" t="s">
         <v>189</v>
       </c>
-      <c r="G6" s="24" t="s">
-[...4 lines deleted...]
-      <c r="B7" s="52" t="s">
+      <c r="E18" s="112">
+        <v>917</v>
+      </c>
+      <c r="G18" s="108"/>
+    </row>
+    <row r="19" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="84" t="s">
+        <v>190</v>
+      </c>
+      <c r="D19" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" s="116">
+        <v>7</v>
+      </c>
+      <c r="G19" s="108"/>
+    </row>
+    <row r="20" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" s="91" t="s">
         <v>51</v>
       </c>
-      <c r="C7" s="52" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="4">
+      <c r="D20" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" s="117">
+        <v>5</v>
+      </c>
+      <c r="G20" s="108"/>
+    </row>
+    <row r="21" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="84" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="105">
+        <v>6.99</v>
+      </c>
+      <c r="G21" s="108"/>
+    </row>
+    <row r="22" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="118" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="119" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="107">
+        <v>5.5</v>
+      </c>
+      <c r="G22" s="108"/>
+    </row>
+    <row r="23" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" s="110" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="116">
+        <v>4.5</v>
+      </c>
+      <c r="G23" s="108"/>
+    </row>
+    <row r="24" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="118" t="s">
+        <v>191</v>
+      </c>
+      <c r="D24" s="119" t="s">
+        <v>192</v>
+      </c>
+      <c r="E24" s="107">
+        <v>79</v>
+      </c>
+      <c r="G24" s="108"/>
+    </row>
+    <row r="25" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="110" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" s="111" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" s="116">
+        <v>17</v>
+      </c>
+      <c r="G25" s="108"/>
+    </row>
+    <row r="26" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="118" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" s="119" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" s="107">
+        <v>23</v>
+      </c>
+      <c r="G26" s="108"/>
+    </row>
+    <row r="27" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="110" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="111" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="116">
+        <v>490</v>
+      </c>
+      <c r="G27" s="108"/>
+    </row>
+    <row r="28" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" s="118" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" s="119" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="107">
         <v>6</v>
       </c>
-      <c r="G7" s="74"/>
-[...38 lines deleted...]
-      <c r="D10" s="78" t="s">
+      <c r="G28" s="108"/>
+    </row>
+    <row r="29" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="110" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="116">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="G29" s="108"/>
+      <c r="I29" s="106"/>
+    </row>
+    <row r="30" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="91" t="s">
+        <v>284</v>
+      </c>
+      <c r="D30" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="120">
+        <v>5.5</v>
+      </c>
+      <c r="G30" s="108"/>
+      <c r="I30" s="106"/>
+    </row>
+    <row r="31" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="110" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="111" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="121">
+        <v>41.7938666835013</v>
+      </c>
+      <c r="G31" s="108"/>
+    </row>
+    <row r="32" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="118" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="119" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" s="109">
+        <v>7.9</v>
+      </c>
+      <c r="I32" s="108"/>
+    </row>
+    <row r="33" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C33" s="110" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" s="111" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="115">
+        <v>200</v>
+      </c>
+      <c r="G33" s="108"/>
+      <c r="I33" s="106"/>
+    </row>
+    <row r="34" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C34" s="118" t="s">
+        <v>76</v>
+      </c>
+      <c r="D34" s="119" t="s">
+        <v>77</v>
+      </c>
+      <c r="E34" s="109">
+        <v>6.5</v>
+      </c>
+      <c r="G34" s="108"/>
+      <c r="I34" s="106"/>
+    </row>
+    <row r="35" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="84" t="s">
+        <v>193</v>
+      </c>
+      <c r="D35" s="85" t="s">
+        <v>194</v>
+      </c>
+      <c r="E35" s="88">
+        <v>200</v>
+      </c>
+      <c r="G35" s="108"/>
+    </row>
+    <row r="36" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C36" s="91" t="s">
+        <v>195</v>
+      </c>
+      <c r="D36" s="92" t="s">
+        <v>196</v>
+      </c>
+      <c r="E36" s="122">
+        <v>10000</v>
+      </c>
+      <c r="G36" s="108"/>
+    </row>
+    <row r="37" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C37" s="84" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37" s="85" t="s">
+        <v>92</v>
+      </c>
+      <c r="E37" s="97">
+        <v>30000</v>
+      </c>
+      <c r="G37" s="108"/>
+    </row>
+    <row r="38" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="91" t="s">
+        <v>197</v>
+      </c>
+      <c r="D38" s="92" t="s">
+        <v>198</v>
+      </c>
+      <c r="E38" s="120">
+        <v>32</v>
+      </c>
+      <c r="G38" s="108"/>
+    </row>
+    <row r="39" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C39" s="84" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" s="85" t="s">
+        <v>108</v>
+      </c>
+      <c r="E39" s="88">
+        <v>35</v>
+      </c>
+      <c r="G39" s="108"/>
+    </row>
+    <row r="40" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C40" s="91" t="s">
+        <v>199</v>
+      </c>
+      <c r="D40" s="92" t="s">
+        <v>198</v>
+      </c>
+      <c r="E40" s="120">
+        <v>32</v>
+      </c>
+      <c r="G40" s="108"/>
+    </row>
+    <row r="41" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C41" s="84" t="s">
+        <v>200</v>
+      </c>
+      <c r="D41" s="85" t="s">
+        <v>201</v>
+      </c>
+      <c r="E41" s="88">
+        <v>350</v>
+      </c>
+      <c r="G41" s="108"/>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B42" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C42" s="91" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" s="92" t="s">
+        <v>202</v>
+      </c>
+      <c r="E42" s="120">
+        <v>150</v>
+      </c>
+      <c r="G42" s="108"/>
+      <c r="I42" s="123"/>
+    </row>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B43" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C43" s="84" t="s">
+        <v>203</v>
+      </c>
+      <c r="D43" s="85" t="s">
+        <v>204</v>
+      </c>
+      <c r="E43" s="88">
+        <v>220</v>
+      </c>
+      <c r="G43" s="108"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B44" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C44" s="91" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" s="92" t="s">
+        <v>198</v>
+      </c>
+      <c r="E44" s="120">
+        <v>32</v>
+      </c>
+      <c r="G44" s="108"/>
+    </row>
+    <row r="45" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B45" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C45" s="84" t="s">
+        <v>205</v>
+      </c>
+      <c r="D45" s="85" t="s">
+        <v>206</v>
+      </c>
+      <c r="E45" s="88">
+        <v>80</v>
+      </c>
+      <c r="G45" s="108"/>
+    </row>
+    <row r="46" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="91" t="s">
+        <v>80</v>
+      </c>
+      <c r="C46" s="91" t="s">
+        <v>207</v>
+      </c>
+      <c r="D46" s="92" t="s">
+        <v>208</v>
+      </c>
+      <c r="E46" s="120">
+        <v>20</v>
+      </c>
+      <c r="G46" s="108"/>
+    </row>
+    <row r="47" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="C47" s="84" t="s">
+        <v>131</v>
+      </c>
+      <c r="D47" s="85" t="s">
+        <v>209</v>
+      </c>
+      <c r="E47" s="88">
+        <v>500</v>
+      </c>
+      <c r="G47" s="108"/>
+    </row>
+    <row r="48" spans="2:9" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C48" s="91" t="s">
+        <v>147</v>
+      </c>
+      <c r="D48" s="92" t="s">
+        <v>148</v>
+      </c>
+      <c r="E48" s="120">
+        <v>15000</v>
+      </c>
+      <c r="G48" s="108"/>
+    </row>
+    <row r="49" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C49" s="84" t="s">
+        <v>153</v>
+      </c>
+      <c r="D49" s="85" t="s">
+        <v>154</v>
+      </c>
+      <c r="E49" s="88">
+        <v>280</v>
+      </c>
+      <c r="G49" s="108"/>
+    </row>
+    <row r="50" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="91" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" s="92" t="s">
+        <v>158</v>
+      </c>
+      <c r="E50" s="120">
+        <v>29</v>
+      </c>
+      <c r="G50" s="108"/>
+    </row>
+    <row r="51" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B51" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C51" s="84" t="s">
+        <v>159</v>
+      </c>
+      <c r="D51" s="85" t="s">
+        <v>160</v>
+      </c>
+      <c r="E51" s="88">
         <v>65</v>
       </c>
-      <c r="E10" s="5">
-[...592 lines deleted...]
-      <c r="E51" s="86"/>
+      <c r="G51" s="108"/>
     </row>
     <row r="52" spans="2:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B52" s="58"/>
-[...2 lines deleted...]
-      <c r="E52" s="86"/>
+      <c r="B52" s="84"/>
+      <c r="C52" s="84"/>
+      <c r="D52" s="85"/>
+      <c r="E52" s="124"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ipn2ajshbCNzuAbZTfBasPlxg7Lzwum1Jqa9yiNoUnSEBtkzZ1S4SSuhz8hTDsz0QQNzF7mTjoYjSa95TkNHiA==" saltValue="9mDP2tmr+VswutcTEp4q8Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Jyppwp8sn9qY67wPhZKB+XSAZK33W42bPZ7PWbHjhvvKMaGZmqJUDidVYmGKBP7QytjpS1tr39TKxfleIRQuSg==" saltValue="79CVfTtvRMmivR7IKuz6IQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B7:G34">
+    <sortCondition ref="C7:C34"/>
+  </sortState>
   <mergeCells count="1">
     <mergeCell ref="B4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF9D6036-66D1-4000-9208-31597B42EF1C}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A2:R29"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
-      <selection activeCell="E10" sqref="E10"/>
       <selection pane="topRight" activeCell="E10" sqref="E10"/>
       <selection pane="bottomLeft" activeCell="E10" sqref="E10"/>
-      <selection pane="bottomRight" activeCell="H15" sqref="H15"/>
+      <selection pane="bottomRight" activeCell="C15" sqref="C15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.7109375" customWidth="1"/>
-    <col min="2" max="2" width="38.7109375" style="9" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="16384" width="9.28515625" style="9"/>
+    <col min="2" max="2" width="38.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="50.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="10.28515625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="29.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="47.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="10" width="9.28515625" style="1"/>
+    <col min="11" max="11" width="11.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="22.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B2" s="11" t="s">
-        <v>205</v>
+      <c r="B2" s="6" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B3" s="12"/>
-[...14 lines deleted...]
-      <c r="R4" s="9"/>
+      <c r="B3" s="4"/>
+    </row>
+    <row r="4" spans="1:18" s="2" customFormat="1" ht="54.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="164" t="s">
+        <v>211</v>
+      </c>
+      <c r="C4" s="164"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
     </row>
     <row r="5" spans="1:18" ht="57" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A5" s="9"/>
-[...31 lines deleted...]
-      <c r="R6" s="9"/>
+      <c r="A5" s="1"/>
+      <c r="B5" s="5"/>
+      <c r="E5" s="125" t="s">
+        <v>289</v>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+    </row>
+    <row r="6" spans="1:18" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="G6" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
     </row>
     <row r="7" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="9"/>
-[...12 lines deleted...]
-      <c r="G7" s="89"/>
+      <c r="A7" s="1"/>
+      <c r="B7" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C7" s="84" t="s">
+        <v>212</v>
+      </c>
+      <c r="D7" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E7" s="126">
+        <v>4.9667000000000003</v>
+      </c>
+      <c r="G7" s="127"/>
     </row>
     <row r="8" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B8" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G8" s="89"/>
+      <c r="B8" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C8" s="91" t="s">
+        <v>213</v>
+      </c>
+      <c r="D8" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E8" s="128">
+        <v>4.8175999999999997</v>
+      </c>
+      <c r="G8" s="127"/>
     </row>
     <row r="9" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A9" s="9"/>
-[...12 lines deleted...]
-      <c r="G9" s="89"/>
+      <c r="A9" s="1"/>
+      <c r="B9" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C9" s="84" t="s">
+        <v>214</v>
+      </c>
+      <c r="D9" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E9" s="126">
+        <v>6.8799000000000001</v>
+      </c>
+      <c r="G9" s="127"/>
     </row>
     <row r="10" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B10" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G10" s="89"/>
+      <c r="B10" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C10" s="91" t="s">
+        <v>215</v>
+      </c>
+      <c r="D10" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E10" s="128">
+        <v>7.1105999999999998</v>
+      </c>
+      <c r="G10" s="127"/>
     </row>
     <row r="11" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="9"/>
-[...12 lines deleted...]
-      <c r="G11" s="89"/>
+      <c r="A11" s="1"/>
+      <c r="B11" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" s="84" t="s">
+        <v>216</v>
+      </c>
+      <c r="D11" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E11" s="126">
+        <v>4.6635</v>
+      </c>
+      <c r="G11" s="127"/>
     </row>
     <row r="12" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B12" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G12" s="89"/>
+      <c r="B12" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C12" s="91" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E12" s="128">
+        <v>4.8494999999999999</v>
+      </c>
+      <c r="G12" s="127"/>
     </row>
     <row r="13" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="9"/>
-[...12 lines deleted...]
-      <c r="G13" s="89"/>
+      <c r="A13" s="1"/>
+      <c r="B13" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" s="84" t="s">
+        <v>217</v>
+      </c>
+      <c r="D13" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E13" s="126">
+        <v>6.5304000000000002</v>
+      </c>
+      <c r="G13" s="127"/>
     </row>
     <row r="14" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B14" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G14" s="89"/>
+      <c r="B14" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C14" s="91" t="s">
+        <v>218</v>
+      </c>
+      <c r="D14" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E14" s="128">
+        <v>6.4814999999999996</v>
+      </c>
+      <c r="G14" s="127"/>
     </row>
     <row r="15" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="9"/>
-[...12 lines deleted...]
-      <c r="G15" s="89"/>
+      <c r="A15" s="1"/>
+      <c r="B15" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C15" s="84" t="s">
+        <v>219</v>
+      </c>
+      <c r="D15" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E15" s="126">
+        <v>5.1482999999999999</v>
+      </c>
+      <c r="G15" s="127"/>
     </row>
     <row r="16" spans="1:18" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B16" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G16" s="89"/>
+      <c r="B16" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" s="91" t="s">
+        <v>220</v>
+      </c>
+      <c r="D16" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E16" s="128">
+        <v>4.4920999999999998</v>
+      </c>
+      <c r="G16" s="127"/>
     </row>
     <row r="17" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="9"/>
-[...12 lines deleted...]
-      <c r="G17" s="89"/>
+      <c r="A17" s="1"/>
+      <c r="B17" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C17" s="84" t="s">
+        <v>221</v>
+      </c>
+      <c r="D17" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" s="126">
+        <v>7.0662000000000003</v>
+      </c>
+      <c r="G17" s="127"/>
     </row>
     <row r="18" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B18" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G18" s="89"/>
+      <c r="B18" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" s="91" t="s">
+        <v>222</v>
+      </c>
+      <c r="D18" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" s="128">
+        <v>6.3826000000000001</v>
+      </c>
+      <c r="G18" s="127"/>
     </row>
     <row r="19" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="9"/>
-[...12 lines deleted...]
-      <c r="G19" s="89"/>
+      <c r="A19" s="1"/>
+      <c r="B19" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" s="84" t="s">
+        <v>223</v>
+      </c>
+      <c r="D19" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" s="126">
+        <v>4.5427999999999997</v>
+      </c>
+      <c r="G19" s="127"/>
     </row>
     <row r="20" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G20" s="89"/>
+      <c r="B20" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" s="91" t="s">
+        <v>224</v>
+      </c>
+      <c r="D20" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" s="128">
+        <v>4.5263</v>
+      </c>
+      <c r="G20" s="127"/>
     </row>
     <row r="21" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="9"/>
-[...12 lines deleted...]
-      <c r="G21" s="89"/>
+      <c r="A21" s="1"/>
+      <c r="B21" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" s="84" t="s">
+        <v>225</v>
+      </c>
+      <c r="D21" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" s="126">
+        <v>5.2534000000000001</v>
+      </c>
+      <c r="G21" s="127"/>
     </row>
     <row r="22" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B22" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G22" s="89"/>
+      <c r="B22" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" s="91" t="s">
+        <v>226</v>
+      </c>
+      <c r="D22" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" s="128">
+        <v>4.6449999999999996</v>
+      </c>
+      <c r="G22" s="127"/>
     </row>
     <row r="23" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="9"/>
-[...12 lines deleted...]
-      <c r="G23" s="89"/>
+      <c r="A23" s="1"/>
+      <c r="B23" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" s="84" t="s">
+        <v>227</v>
+      </c>
+      <c r="D23" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" s="126">
+        <v>4.9901999999999997</v>
+      </c>
+      <c r="G23" s="127"/>
     </row>
     <row r="24" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B24" s="52" t="s">
-[...11 lines deleted...]
-      <c r="G24" s="89"/>
+      <c r="B24" s="91" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="91" t="s">
+        <v>228</v>
+      </c>
+      <c r="D24" s="92" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" s="128">
+        <v>6.0555000000000003</v>
+      </c>
+      <c r="G24" s="127"/>
     </row>
     <row r="25" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="9"/>
-[...12 lines deleted...]
-      <c r="G25" s="89"/>
+      <c r="A25" s="1"/>
+      <c r="B25" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="84" t="s">
+        <v>229</v>
+      </c>
+      <c r="D25" s="85" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" s="126">
+        <v>5.3517999999999999</v>
+      </c>
+      <c r="G25" s="127"/>
     </row>
     <row r="26" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B26" s="91" t="s">
-[...11 lines deleted...]
-      <c r="G26" s="89"/>
+      <c r="B26" s="129" t="s">
+        <v>139</v>
+      </c>
+      <c r="C26" s="129" t="s">
+        <v>230</v>
+      </c>
+      <c r="D26" s="130" t="s">
+        <v>143</v>
+      </c>
+      <c r="E26" s="131">
+        <v>5.6741000000000001</v>
+      </c>
+      <c r="G26" s="127"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A27" s="9"/>
-      <c r="G27" s="89"/>
+      <c r="A27" s="1"/>
+      <c r="G27" s="127"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="G28" s="89"/>
+      <c r="G28" s="127"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="G29" s="94"/>
+      <c r="G29" s="132"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wZmqwUDBAZDQhAcmUaR1W+PQa2vf/AKj2tJlWOuJH4sDXm24q3pjS7KjB48nHtdXORr5Ya7BRVp17bRgU7AD/A==" saltValue="BXFVLJeo1tSr6EgLQQtHGA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="xVmDaSj0BUkymfjp6EdHG/TXjBiQrrvA6c1mJoRjEkf9B5A+Z3hqTjqd9zBx5kibVef/0t066xaNFaxKtXwC/w==" saltValue="GHOqwSIWQp/hXwnzFeHSfA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4786A673-4792-46AF-A4E3-8C45F0B0E2CB}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:P21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C8" sqref="C8"/>
       <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
-      <selection pane="bottomRight" activeCell="N17" sqref="N17"/>
+      <selection pane="bottomRight" activeCell="I15" sqref="I15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="9"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="9"/>
+    <col min="1" max="1" width="9.28515625" style="1"/>
+    <col min="2" max="2" width="18" style="1" customWidth="1"/>
+    <col min="3" max="3" width="17" style="1" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="30.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="10.28515625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="30.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="13.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="30.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="10.28515625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="30.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="10.28515625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="2.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="52.42578125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="40.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B2" s="11" t="s">
-        <v>24</v>
+      <c r="B2" s="6" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B3" s="12"/>
-[...13 lines deleted...]
-      <c r="L4" s="9"/>
+      <c r="B3" s="4"/>
+    </row>
+    <row r="4" spans="2:14" s="2" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="164" t="s">
+        <v>233</v>
+      </c>
+      <c r="C4" s="164"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
     </row>
     <row r="5" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="19"/>
-[...8 lines deleted...]
-      <c r="I5" s="99" t="s">
+      <c r="B5" s="5"/>
+      <c r="E5" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="F5" s="14"/>
+      <c r="G5" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" s="16"/>
+      <c r="I5" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="J5" s="18"/>
+      <c r="K5" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="L5" s="20"/>
+      <c r="N5" s="162" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="2:14" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>238</v>
+      </c>
+      <c r="E6" s="21" t="s">
         <v>231</v>
       </c>
-      <c r="J5" s="100"/>
-      <c r="K5" s="101" t="s">
+      <c r="F6" s="21" t="s">
         <v>232</v>
       </c>
-      <c r="L5" s="102"/>
-[...38 lines deleted...]
-      <c r="N6" s="137"/>
+      <c r="G6" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="I6" s="23" t="s">
+        <v>231</v>
+      </c>
+      <c r="J6" s="23" t="s">
+        <v>232</v>
+      </c>
+      <c r="K6" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="L6" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="N6" s="163"/>
     </row>
     <row r="7" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B7" s="91" t="s">
+      <c r="B7" s="129" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="129" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" s="130" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="133"/>
+      <c r="F7" s="134"/>
+      <c r="G7" s="135" t="s">
+        <v>282</v>
+      </c>
+      <c r="H7" s="136">
+        <v>13</v>
+      </c>
+      <c r="I7" s="135"/>
+      <c r="J7" s="137"/>
+      <c r="K7" s="135" t="s">
+        <v>240</v>
+      </c>
+      <c r="L7" s="136">
+        <v>12.5</v>
+      </c>
+      <c r="N7" s="108"/>
+    </row>
+    <row r="8" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="84" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" s="85" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" s="138" t="s">
+        <v>241</v>
+      </c>
+      <c r="F8" s="139">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G8" s="140" t="s">
+        <v>242</v>
+      </c>
+      <c r="H8" s="87">
+        <v>9</v>
+      </c>
+      <c r="I8" s="140" t="s">
+        <v>243</v>
+      </c>
+      <c r="J8" s="87">
+        <v>8.695652173913043</v>
+      </c>
+      <c r="K8" s="140" t="s">
+        <v>244</v>
+      </c>
+      <c r="L8" s="87">
+        <v>8</v>
+      </c>
+      <c r="N8" s="108"/>
+    </row>
+    <row r="9" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="129" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="129" t="s">
         <v>51</v>
       </c>
-      <c r="C7" s="91" t="s">
-[...51 lines deleted...]
-      <c r="K8" s="114" t="s">
+      <c r="D9" s="130" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="135" t="s">
+        <v>245</v>
+      </c>
+      <c r="F9" s="141">
+        <v>6.5</v>
+      </c>
+      <c r="G9" s="135" t="s">
+        <v>246</v>
+      </c>
+      <c r="H9" s="137">
+        <v>6.2</v>
+      </c>
+      <c r="I9" s="135" t="s">
+        <v>247</v>
+      </c>
+      <c r="J9" s="137">
+        <v>6</v>
+      </c>
+      <c r="K9" s="135" t="s">
+        <v>248</v>
+      </c>
+      <c r="L9" s="137">
+        <v>5.5</v>
+      </c>
+      <c r="N9" s="142"/>
+    </row>
+    <row r="10" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="84" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="85" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="138"/>
+      <c r="F10" s="89"/>
+      <c r="G10" s="143" t="s">
         <v>239</v>
       </c>
-      <c r="L8" s="60">
-[...29 lines deleted...]
-      <c r="J9" s="110">
+      <c r="H10" s="86">
+        <v>24.99</v>
+      </c>
+      <c r="I10" s="143" t="s">
+        <v>249</v>
+      </c>
+      <c r="J10" s="86">
+        <v>22.99</v>
+      </c>
+      <c r="K10" s="143" t="s">
+        <v>283</v>
+      </c>
+      <c r="L10" s="86">
+        <v>20.5</v>
+      </c>
+      <c r="N10" s="144"/>
+    </row>
+    <row r="11" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="129" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="129" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" s="130" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="133"/>
+      <c r="F11" s="134"/>
+      <c r="G11" s="135" t="s">
+        <v>239</v>
+      </c>
+      <c r="H11" s="137">
         <v>6</v>
       </c>
-      <c r="K9" s="108" t="s">
-[...60 lines deleted...]
-      <c r="J11" s="110">
+      <c r="I11" s="135" t="s">
+        <v>250</v>
+      </c>
+      <c r="J11" s="137">
         <v>5.85</v>
       </c>
-      <c r="K11" s="108" t="s">
-[...2 lines deleted...]
-      <c r="L11" s="110">
+      <c r="K11" s="135" t="s">
+        <v>251</v>
+      </c>
+      <c r="L11" s="137">
         <v>4.8499999999999996</v>
       </c>
-      <c r="N11" s="118"/>
+      <c r="N11" s="144"/>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B12" s="58" t="s">
-[...11 lines deleted...]
-      <c r="F12" s="56">
+      <c r="B12" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" s="84" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" s="85" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" s="138" t="s">
+        <v>252</v>
+      </c>
+      <c r="F12" s="89">
         <v>105</v>
       </c>
-      <c r="G12" s="117" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="61">
+      <c r="G12" s="143" t="s">
+        <v>239</v>
+      </c>
+      <c r="H12" s="86">
         <v>97</v>
       </c>
-      <c r="I12" s="117" t="s">
-[...2 lines deleted...]
-      <c r="J12" s="61">
+      <c r="I12" s="143" t="s">
+        <v>249</v>
+      </c>
+      <c r="J12" s="86">
         <v>76</v>
       </c>
-      <c r="K12" s="117"/>
-[...10 lines deleted...]
-      <c r="D13" s="92" t="s">
+      <c r="K12" s="143"/>
+      <c r="L12" s="86"/>
+      <c r="N12" s="144"/>
+    </row>
+    <row r="13" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="129" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="129" t="s">
+        <v>253</v>
+      </c>
+      <c r="D13" s="130" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" s="133"/>
+      <c r="F13" s="134"/>
+      <c r="G13" s="135" t="s">
+        <v>254</v>
+      </c>
+      <c r="H13" s="145">
+        <v>35791.313099999999</v>
+      </c>
+      <c r="I13" s="135" t="s">
+        <v>255</v>
+      </c>
+      <c r="J13" s="145">
+        <v>32509.875400000001</v>
+      </c>
+      <c r="K13" s="135"/>
+      <c r="L13" s="137"/>
+      <c r="N13" s="146"/>
+    </row>
+    <row r="14" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" s="84" t="s">
         <v>110</v>
       </c>
-      <c r="E13" s="107"/>
-[...1 lines deleted...]
-      <c r="G13" s="108" t="s">
+      <c r="D14" s="85" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" s="138"/>
+      <c r="F14" s="89"/>
+      <c r="G14" s="143" t="s">
+        <v>239</v>
+      </c>
+      <c r="H14" s="86">
+        <v>180</v>
+      </c>
+      <c r="I14" s="143" t="s">
+        <v>256</v>
+      </c>
+      <c r="J14" s="86">
+        <v>160</v>
+      </c>
+      <c r="K14" s="143" t="s">
+        <v>250</v>
+      </c>
+      <c r="L14" s="147">
+        <v>140</v>
+      </c>
+      <c r="N14" s="146"/>
+    </row>
+    <row r="15" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B15" s="129" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="129" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="130" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" s="148" t="s">
+        <v>257</v>
+      </c>
+      <c r="F15" s="149">
+        <v>299</v>
+      </c>
+      <c r="G15" s="150" t="s">
+        <v>258</v>
+      </c>
+      <c r="H15" s="151">
+        <v>269</v>
+      </c>
+      <c r="I15" s="150" t="s">
+        <v>259</v>
+      </c>
+      <c r="J15" s="151">
+        <v>209</v>
+      </c>
+      <c r="K15" s="150" t="s">
+        <v>260</v>
+      </c>
+      <c r="L15" s="151">
+        <v>189</v>
+      </c>
+      <c r="M15" s="76"/>
+      <c r="N15" s="152"/>
+    </row>
+    <row r="16" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="84" t="s">
+        <v>261</v>
+      </c>
+      <c r="D16" s="85" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" s="138" t="s">
+        <v>262</v>
+      </c>
+      <c r="F16" s="89">
+        <v>95</v>
+      </c>
+      <c r="G16" s="143" t="s">
+        <v>239</v>
+      </c>
+      <c r="H16" s="86">
+        <v>95</v>
+      </c>
+      <c r="I16" s="140" t="s">
+        <v>263</v>
+      </c>
+      <c r="J16" s="86">
+        <v>92</v>
+      </c>
+      <c r="K16" s="140" t="s">
         <v>249</v>
       </c>
-      <c r="H13" s="119">
-[...30 lines deleted...]
-      <c r="I14" s="117" t="s">
+      <c r="L16" s="86">
+        <v>90</v>
+      </c>
+      <c r="N16" s="42"/>
+    </row>
+    <row r="17" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B17" s="129" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" s="129" t="s">
+        <v>264</v>
+      </c>
+      <c r="D17" s="130" t="s">
+        <v>265</v>
+      </c>
+      <c r="E17" s="133"/>
+      <c r="F17" s="134"/>
+      <c r="G17" s="135" t="s">
+        <v>239</v>
+      </c>
+      <c r="H17" s="136">
+        <v>61.99</v>
+      </c>
+      <c r="I17" s="135" t="s">
+        <v>266</v>
+      </c>
+      <c r="J17" s="136">
+        <v>53.99</v>
+      </c>
+      <c r="K17" s="135" t="s">
+        <v>267</v>
+      </c>
+      <c r="L17" s="136">
+        <v>46.99</v>
+      </c>
+      <c r="N17" s="152"/>
+    </row>
+    <row r="18" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" s="84" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" s="85" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" s="138"/>
+      <c r="F18" s="139"/>
+      <c r="G18" s="140" t="s">
+        <v>268</v>
+      </c>
+      <c r="H18" s="153" t="s">
+        <v>269</v>
+      </c>
+      <c r="I18" s="140" t="s">
+        <v>270</v>
+      </c>
+      <c r="J18" s="86">
+        <v>540</v>
+      </c>
+      <c r="K18" s="140" t="s">
+        <v>271</v>
+      </c>
+      <c r="L18" s="86">
+        <v>450</v>
+      </c>
+      <c r="N18" s="154"/>
+    </row>
+    <row r="19" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="129" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" s="129" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" s="130" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" s="133"/>
+      <c r="F19" s="141"/>
+      <c r="G19" s="135" t="s">
+        <v>239</v>
+      </c>
+      <c r="H19" s="145">
+        <v>4500</v>
+      </c>
+      <c r="I19" s="135"/>
+      <c r="J19" s="137"/>
+      <c r="K19" s="135"/>
+      <c r="L19" s="137"/>
+      <c r="N19" s="42"/>
+    </row>
+    <row r="20" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="84" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" s="84" t="s">
+        <v>272</v>
+      </c>
+      <c r="D20" s="85" t="s">
+        <v>273</v>
+      </c>
+      <c r="E20" s="138" t="s">
+        <v>262</v>
+      </c>
+      <c r="F20" s="98">
+        <v>5550</v>
+      </c>
+      <c r="G20" s="143" t="s">
+        <v>239</v>
+      </c>
+      <c r="H20" s="96">
+        <v>5000</v>
+      </c>
+      <c r="I20" s="143" t="s">
+        <v>271</v>
+      </c>
+      <c r="J20" s="96">
+        <v>4050</v>
+      </c>
+      <c r="K20" s="143" t="s">
         <v>251</v>
       </c>
-      <c r="J14" s="61">
+      <c r="L20" s="96">
+        <v>2450</v>
+      </c>
+      <c r="N20" s="42"/>
+    </row>
+    <row r="21" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="129" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" s="129" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" s="130" t="s">
         <v>160</v>
       </c>
-      <c r="K14" s="117" t="s">
-[...57 lines deleted...]
-      <c r="F16" s="56">
+      <c r="E21" s="133"/>
+      <c r="F21" s="134"/>
+      <c r="G21" s="135" t="s">
+        <v>239</v>
+      </c>
+      <c r="H21" s="136">
         <v>87</v>
       </c>
-      <c r="G16" s="117" t="s">
-[...14 lines deleted...]
-      <c r="L16" s="61">
+      <c r="I21" s="135" t="s">
+        <v>274</v>
+      </c>
+      <c r="J21" s="136">
         <v>80</v>
       </c>
-      <c r="N16" s="127"/>
-[...152 lines deleted...]
-      <c r="L21" s="109">
+      <c r="K21" s="135" t="s">
+        <v>251</v>
+      </c>
+      <c r="L21" s="136">
         <v>71</v>
       </c>
-      <c r="N21" s="127"/>
-      <c r="P21" s="130"/>
+      <c r="N21" s="42"/>
+      <c r="P21" s="155"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="GBtYYaw1/DyCPORyjl+yQJ6SSt61MtW1yNnMoIJxJzUw301HK9hZcm9tryE9oE3OimKNYtBbCBmKgH+rzbObVg==" saltValue="gFBpThWiU579Ysz15XluPw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="BNOYh7x5BV0AL3c2bdU1dznuMC5yq25QhebtNE9LKUUJiXPJ3H09TXa1qmMEBb/pzxcZnoyxNQWDjJHGCgxaig==" saltValue="PcI8pbf+88xDbGpuLjb6OA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B1:D4 B22:D1048576" name="Range2"/>
     <protectedRange algorithmName="SHA-512" hashValue="23fJgdEDmrYGUVdxrIDjZZjxqFSJ9u9Oswy0To0jQamisCSCNwEJoyWbARy3rbNgOeXmWr4h6XVCubrIlQI5/Q==" saltValue="kwU50BkSRM7yX7+18nD5fw==" spinCount="100000" sqref="B5:N6" name="Range1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B5:D6 B12:D16 B7:B11 B17:B21" name="Range2_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C20:D21" name="Range2_4_1_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C17:D19" name="Range2_2_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C7:D11" name="Range2_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="N5:N6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F06E36A-E4B1-4492-B8EE-3BBA989DCE93}">
+  <sheetPr>
+    <tabColor theme="5"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:P21"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="9.28515625" style="7"/>
+    <col min="2" max="2" width="22.7109375" style="7" customWidth="1"/>
+    <col min="3" max="3" width="17" style="7" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="19.5703125" style="7" customWidth="1"/>
+    <col min="6" max="6" width="10.28515625" style="7" customWidth="1"/>
+    <col min="7" max="7" width="21.7109375" style="7" customWidth="1"/>
+    <col min="8" max="8" width="13.28515625" style="7" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" style="7" customWidth="1"/>
+    <col min="10" max="10" width="10.28515625" style="7" customWidth="1"/>
+    <col min="11" max="11" width="31.5703125" style="7" customWidth="1"/>
+    <col min="12" max="12" width="10.28515625" style="7" customWidth="1"/>
+    <col min="13" max="13" width="2.7109375" style="7" customWidth="1"/>
+    <col min="14" max="14" width="59.28515625" style="7" customWidth="1"/>
+    <col min="15" max="15" width="40.7109375" style="7" customWidth="1"/>
+    <col min="16" max="16384" width="9.28515625" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="6" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="3" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="4"/>
+    </row>
+    <row r="4" spans="2:14" s="2" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="164" t="s">
+        <v>233</v>
+      </c>
+      <c r="C4" s="164"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
+    </row>
+    <row r="5" spans="2:14" s="1" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="5"/>
+      <c r="E5" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="F5" s="14"/>
+      <c r="G5" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" s="16"/>
+      <c r="I5" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="J5" s="18"/>
+      <c r="K5" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="L5" s="20"/>
+      <c r="N5" s="162" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="2:14" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>238</v>
+      </c>
+      <c r="E6" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="F6" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="G6" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="H6" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="I6" s="23" t="s">
+        <v>231</v>
+      </c>
+      <c r="J6" s="23" t="s">
+        <v>232</v>
+      </c>
+      <c r="K6" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="L6" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="N6" s="163"/>
+    </row>
+    <row r="7" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="26"/>
+      <c r="F7" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G7" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H7" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I7" s="27"/>
+      <c r="J7" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K7" s="27" t="s">
+        <v>240</v>
+      </c>
+      <c r="L7" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N7" s="28"/>
+    </row>
+    <row r="8" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" s="29" t="s">
+        <v>241</v>
+      </c>
+      <c r="F8" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G8" s="30" t="s">
+        <v>242</v>
+      </c>
+      <c r="H8" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I8" s="30" t="s">
+        <v>243</v>
+      </c>
+      <c r="J8" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K8" s="30" t="s">
+        <v>244</v>
+      </c>
+      <c r="L8" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N8" s="28"/>
+    </row>
+    <row r="9" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="27" t="s">
+        <v>245</v>
+      </c>
+      <c r="F9" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G9" s="27" t="s">
+        <v>246</v>
+      </c>
+      <c r="H9" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I9" s="27" t="s">
+        <v>247</v>
+      </c>
+      <c r="J9" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K9" s="27" t="s">
+        <v>248</v>
+      </c>
+      <c r="L9" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N9" s="36" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="10" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" s="29"/>
+      <c r="F10" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G10" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="H10" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I10" s="31" t="s">
+        <v>249</v>
+      </c>
+      <c r="J10" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K10" s="31" t="s">
+        <v>250</v>
+      </c>
+      <c r="L10" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N10" s="37"/>
+    </row>
+    <row r="11" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="26"/>
+      <c r="F11" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G11" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H11" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I11" s="27" t="s">
+        <v>250</v>
+      </c>
+      <c r="J11" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K11" s="27" t="s">
+        <v>251</v>
+      </c>
+      <c r="L11" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N11" s="37"/>
+    </row>
+    <row r="12" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" s="29" t="s">
+        <v>252</v>
+      </c>
+      <c r="F12" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G12" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="H12" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I12" s="31" t="s">
+        <v>249</v>
+      </c>
+      <c r="J12" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K12" s="31"/>
+      <c r="L12" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N12" s="37"/>
+    </row>
+    <row r="13" spans="2:14" ht="34.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" s="26"/>
+      <c r="F13" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G13" s="27" t="s">
+        <v>254</v>
+      </c>
+      <c r="H13" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I13" s="27" t="s">
+        <v>255</v>
+      </c>
+      <c r="J13" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K13" s="27"/>
+      <c r="L13" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="38" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="14" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" s="29"/>
+      <c r="F14" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G14" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="H14" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I14" s="31" t="s">
+        <v>256</v>
+      </c>
+      <c r="J14" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K14" s="31" t="s">
+        <v>250</v>
+      </c>
+      <c r="L14" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N14" s="38"/>
+    </row>
+    <row r="15" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" s="34" t="s">
+        <v>257</v>
+      </c>
+      <c r="F15" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G15" s="35" t="s">
+        <v>258</v>
+      </c>
+      <c r="H15" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I15" s="35" t="s">
+        <v>259</v>
+      </c>
+      <c r="J15" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K15" s="35" t="s">
+        <v>260</v>
+      </c>
+      <c r="L15" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M15" s="33"/>
+      <c r="N15" s="39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="16" spans="2:14" ht="30.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" s="29" t="s">
+        <v>262</v>
+      </c>
+      <c r="F16" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G16" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="H16" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I16" s="30" t="s">
+        <v>263</v>
+      </c>
+      <c r="J16" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K16" s="30" t="s">
+        <v>249</v>
+      </c>
+      <c r="L16" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N16" s="40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="17" spans="2:16" ht="36" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>264</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>265</v>
+      </c>
+      <c r="E17" s="26"/>
+      <c r="F17" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G17" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H17" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I17" s="27" t="s">
+        <v>266</v>
+      </c>
+      <c r="J17" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K17" s="27" t="s">
+        <v>267</v>
+      </c>
+      <c r="L17" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N17" s="43" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="18" spans="2:16" ht="22.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" s="29"/>
+      <c r="F18" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G18" s="30" t="s">
+        <v>268</v>
+      </c>
+      <c r="H18" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H18-#REF!</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="I18" s="30" t="s">
+        <v>270</v>
+      </c>
+      <c r="J18" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K18" s="30" t="s">
+        <v>271</v>
+      </c>
+      <c r="L18" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N18" s="41"/>
+    </row>
+    <row r="19" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" s="26"/>
+      <c r="F19" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G19" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H19" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I19" s="27"/>
+      <c r="J19" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K19" s="27"/>
+      <c r="L19" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N19" s="40"/>
+    </row>
+    <row r="20" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="E20" s="29" t="s">
+        <v>262</v>
+      </c>
+      <c r="F20" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G20" s="31" t="s">
+        <v>239</v>
+      </c>
+      <c r="H20" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I20" s="31" t="s">
+        <v>271</v>
+      </c>
+      <c r="J20" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K20" s="31" t="s">
+        <v>251</v>
+      </c>
+      <c r="L20" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N20" s="42" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="21" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" s="26"/>
+      <c r="F21" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!F21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G21" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="H21" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!H21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I21" s="27" t="s">
+        <v>274</v>
+      </c>
+      <c r="J21" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!J21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K21" s="27" t="s">
+        <v>251</v>
+      </c>
+      <c r="L21" s="12" t="e">
+        <f>'Cigs-Select Markets - Oct''25 '!L21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N21" s="40"/>
+      <c r="P21" s="32"/>
+    </row>
+  </sheetData>
+  <protectedRanges>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B1:D4 B22:D1048576" name="Range2"/>
+    <protectedRange algorithmName="SHA-512" hashValue="23fJgdEDmrYGUVdxrIDjZZjxqFSJ9u9Oswy0To0jQamisCSCNwEJoyWbARy3rbNgOeXmWr4h6XVCubrIlQI5/Q==" saltValue="kwU50BkSRM7yX7+18nD5fw==" spinCount="100000" sqref="B5:N6" name="Range1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B5:D6 B12:D16 B7:B11 B17:B21" name="Range2_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C20:D21" name="Range2_4_1_1_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C17:D19" name="Range2_2_1_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C7:D11" name="Range2_1_1_1_1"/>
+  </protectedRanges>
+  <mergeCells count="2">
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="N5:N6"/>
+  </mergeCells>
+  <conditionalFormatting sqref="F7:F21 H7:H21 J7:J21 L7:L21">
+    <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003CF7212FC85D5E4FBF0205402575EC9E" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1da19dc00457f309a180435a54004919">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="055ffc3d-709a-48e3-9cb8-fc4e7286c307" xmlns:ns3="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ca55f0a71742825629ca9b0ebe998ff" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003CF7212FC85D5E4FBF0205402575EC9E" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="da5c4674fe9a324d76f712a3e95694ea">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="055ffc3d-709a-48e3-9cb8-fc4e7286c307" xmlns:ns3="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e86e6b29a14dfef97b48532368615b33" ns2:_="" ns3:_="">
     <xsd:import namespace="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
     <xsd:import namespace="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9645,115 +10760,125 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="055ffc3d-709a-48e3-9cb8-fc4e7286c307">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09146A95-2EAA-4AC4-8E0F-4C4C1FAC17FB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A80DA428-DFE3-4CA7-88EF-2F646798E206}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
     <ds:schemaRef ds:uri="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D9AD0A3-8B72-42AA-B6F3-5A68F259D1F6}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="23468818-ffc3-4112-835a-2ff41532bb28"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="96a8dfed-e9cb-407d-87f5-cf08a3a523aa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
     <ds:schemaRef ds:uri="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B769DD08-BE61-4A60-ABC0-05C38B6175F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7bce0314-66d2-465d-a4b8-04cf0abcda4d}" enabled="1" method="Privileged" siteId="{8b86a65e-3c3a-4406-8ac3-19a6b5cc52bc}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Cigs-Select Markets - Jul'25 </vt:lpstr>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>HnB - Oct'25</vt:lpstr>
+      <vt:lpstr>Vaping - Oct'25</vt:lpstr>
+      <vt:lpstr>Nic. Pouch-Global - Oct'25</vt:lpstr>
+      <vt:lpstr>Nic. Pouch-U.S. - Oct'25</vt:lpstr>
+      <vt:lpstr>Cigs-Select Markets - Oct'25 </vt:lpstr>
+      <vt:lpstr>Cigs-Select Markets - Comp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mastromattei, Francesca</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>