--- v1 (2025-11-17)
+++ v2 (2026-03-27)
@@ -1,107 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pmicloud.sharepoint.com/teams/InvestorRelationsFinancialCommunications-PMIStrategy-Global/Shared Documents/Departmental Drive/INVESTOR MEETINGS &amp; CONFERENCES/2025/21. October Investor Deck/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pmicloud.sharepoint.com/teams/InvestorRelationsFinancialCommunications-PMIStrategy-Global/Shared Documents/Departmental Drive/INVESTOR MEETINGS &amp; CONFERENCES/2026/02. March Investor Deck/RSPs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1465" documentId="8_{529B8FA6-F3E7-4472-B26A-9D6DAAE13308}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B945DB43-39F4-4772-AB9A-35F1BD45C6A7}"/>
+  <xr:revisionPtr revIDLastSave="814" documentId="8_{0ACD7F1F-1D01-4757-A616-B17C853F7190}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FB578668-FFA0-4844-B2E4-87497AB0AEB4}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="791" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="HnB - Oct'25" sheetId="11" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="Cigs-Select Markets - Comp" sheetId="32" state="hidden" r:id="rId6"/>
+    <sheet name="HnB-Select Markets-Feb'26" sheetId="11" r:id="rId1"/>
+    <sheet name="Vaping-Select Markets-Feb'26" sheetId="13" r:id="rId2"/>
+    <sheet name="Pouches-Select Markets-Feb'26" sheetId="15" r:id="rId3"/>
+    <sheet name="Nic. Pouch-U.S.- Feb'26" sheetId="29" r:id="rId4"/>
+    <sheet name="Cigs-Select Markets-Feb'26 " sheetId="9" r:id="rId5"/>
+    <sheet name="Cigs-Select - Oct vs. July" sheetId="33" state="hidden" r:id="rId6"/>
+    <sheet name="Cigs-Select Markets - Comp" sheetId="32" state="hidden" r:id="rId7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Cigs-Select Markets - Comp'!$B$6:$N$6</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vaping - Oct''25'!$B$6:$G$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Cigs-Select Markets - Comp'!$B$6:$N$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Cigs-Select Markets-Feb''26 '!$B$6:$N$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'HnB-Select Markets-Feb''26'!$B$5:$M$45</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Nic. Pouch-U.S.- Feb''26'!$B$6:$E$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Pouches-Select Markets-Feb''26'!$A$6:$G$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vaping-Select Markets-Feb''26'!$A$6:$O$31</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E28" i="13" l="1"/>
+  <c r="L21" i="33"/>
+  <c r="L20" i="33"/>
+  <c r="L19" i="33"/>
+  <c r="L18" i="33"/>
+  <c r="L17" i="33"/>
+  <c r="L16" i="33"/>
+  <c r="L15" i="33"/>
+  <c r="L14" i="33"/>
+  <c r="L13" i="33"/>
+  <c r="L12" i="33"/>
+  <c r="L11" i="33"/>
+  <c r="L10" i="33"/>
+  <c r="L9" i="33"/>
+  <c r="L8" i="33"/>
+  <c r="L7" i="33"/>
+  <c r="J21" i="33"/>
+  <c r="J20" i="33"/>
+  <c r="J19" i="33"/>
+  <c r="J18" i="33"/>
+  <c r="J17" i="33"/>
+  <c r="J16" i="33"/>
+  <c r="J15" i="33"/>
+  <c r="J14" i="33"/>
+  <c r="J13" i="33"/>
+  <c r="J12" i="33"/>
+  <c r="J11" i="33"/>
+  <c r="J10" i="33"/>
+  <c r="J9" i="33"/>
+  <c r="J8" i="33"/>
+  <c r="J7" i="33"/>
+  <c r="H21" i="33"/>
+  <c r="H20" i="33"/>
+  <c r="H19" i="33"/>
+  <c r="H17" i="33"/>
+  <c r="H16" i="33"/>
+  <c r="H15" i="33"/>
+  <c r="H14" i="33"/>
+  <c r="H13" i="33"/>
+  <c r="H12" i="33"/>
+  <c r="H11" i="33"/>
+  <c r="H10" i="33"/>
+  <c r="H9" i="33"/>
+  <c r="H8" i="33"/>
+  <c r="H7" i="33"/>
+  <c r="F8" i="33"/>
+  <c r="F9" i="33"/>
+  <c r="F10" i="33"/>
+  <c r="F11" i="33"/>
+  <c r="F12" i="33"/>
+  <c r="F13" i="33"/>
+  <c r="F14" i="33"/>
+  <c r="F15" i="33"/>
+  <c r="F16" i="33"/>
+  <c r="F17" i="33"/>
+  <c r="F18" i="33"/>
+  <c r="F19" i="33"/>
+  <c r="F20" i="33"/>
+  <c r="F21" i="33"/>
+  <c r="F7" i="33"/>
   <c r="L21" i="32" l="1"/>
   <c r="L20" i="32"/>
   <c r="L19" i="32"/>
   <c r="L18" i="32"/>
   <c r="L17" i="32"/>
   <c r="L16" i="32"/>
   <c r="L15" i="32"/>
   <c r="L14" i="32"/>
   <c r="L13" i="32"/>
   <c r="L12" i="32"/>
   <c r="L11" i="32"/>
   <c r="L10" i="32"/>
   <c r="L9" i="32"/>
   <c r="L8" i="32"/>
   <c r="L7" i="32"/>
   <c r="J21" i="32"/>
   <c r="J20" i="32"/>
   <c r="J19" i="32"/>
   <c r="J18" i="32"/>
   <c r="J17" i="32"/>
   <c r="J16" i="32"/>
   <c r="J15" i="32"/>
   <c r="J14" i="32"/>
   <c r="J13" i="32"/>
   <c r="J12" i="32"/>
@@ -122,53 +184,53 @@
   <c r="H12" i="32"/>
   <c r="H11" i="32"/>
   <c r="H10" i="32"/>
   <c r="H9" i="32"/>
   <c r="H8" i="32"/>
   <c r="H7" i="32"/>
   <c r="F8" i="32"/>
   <c r="F9" i="32"/>
   <c r="F10" i="32"/>
   <c r="F11" i="32"/>
   <c r="F12" i="32"/>
   <c r="F13" i="32"/>
   <c r="F14" i="32"/>
   <c r="F15" i="32"/>
   <c r="F16" i="32"/>
   <c r="F17" i="32"/>
   <c r="F18" i="32"/>
   <c r="F19" i="32"/>
   <c r="F20" i="32"/>
   <c r="F21" i="32"/>
   <c r="F7" i="32"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="850" uniqueCount="292">
-[...1 lines deleted...]
-    <t>October 1st, 2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="728" uniqueCount="206">
+  <si>
+    <t>February 1st, 2026</t>
   </si>
   <si>
     <t xml:space="preserve">(a) Either an RSP, a recommended RSP or a maximum RSP, where applicable
 </t>
   </si>
   <si>
     <r>
       <t>RSP</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="0"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t>(a)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Note: Non-exhaustive list. Excludes the U.S. and International Duty Free. Unless otherwise stated, 20 cigarettes / HTUs per pack. </t>
     </r>
@@ -209,702 +271,467 @@
         <family val="2"/>
       </rPr>
       <t>and</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color rgb="FF181717"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> LIL EZ</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF181717"/>
         <rFont val="Lato"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> unless otherwise stated</t>
     </r>
   </si>
   <si>
-    <t>HnB - Kit</t>
-[...1 lines deleted...]
-  <si>
     <t>HnB - Consumables</t>
   </si>
   <si>
     <t>Cigarette</t>
   </si>
   <si>
     <t>Source: PMI affiliates</t>
   </si>
   <si>
-    <t xml:space="preserve">ILUMA </t>
-[...1 lines deleted...]
-  <si>
     <t>ORIGINALS</t>
   </si>
   <si>
     <t>BONDS</t>
   </si>
   <si>
     <t>LIL</t>
   </si>
   <si>
     <t>ILUMA</t>
   </si>
   <si>
     <t>MARLBORO</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
-    <t>PRIME</t>
-[...10 lines deleted...]
-  <si>
     <t>LEVIA</t>
   </si>
   <si>
     <t>TEREA</t>
   </si>
   <si>
     <t>SENTIA / DELIA</t>
   </si>
   <si>
     <t>HEETS</t>
   </si>
   <si>
     <t>BLENDS</t>
   </si>
   <si>
     <t>FIIT</t>
   </si>
   <si>
     <t>EUROPE</t>
   </si>
   <si>
-    <t>ALBANIA</t>
-[...7 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
     <t>AUSTRIA</t>
   </si>
   <si>
-    <t>BOSNIA &amp; HERZEGOVINA</t>
-[...4 lines deleted...]
-  <si>
     <t>BULGARIA</t>
   </si>
   <si>
-    <t>BGN</t>
-[...10 lines deleted...]
-  <si>
     <t>CZECH REPUBLIC</t>
   </si>
   <si>
     <t>CZK</t>
   </si>
   <si>
     <t>DENMARK</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
-    <t>ESTONIA</t>
-[...1 lines deleted...]
-  <si>
     <t>FRANCE</t>
   </si>
   <si>
+    <t>Marlboro Core</t>
+  </si>
+  <si>
     <t>GERMANY</t>
   </si>
   <si>
     <t>GREECE</t>
   </si>
   <si>
     <t>HUNGARY</t>
   </si>
   <si>
     <t>HUF</t>
   </si>
   <si>
     <t>ITALY</t>
   </si>
   <si>
-    <t>LATVIA</t>
-[...1 lines deleted...]
-  <si>
     <t>LITHUANIA</t>
   </si>
   <si>
-    <t>LUXEMBOURG</t>
-[...13 lines deleted...]
-  <si>
     <t>NETHERLANDS</t>
   </si>
   <si>
-    <t>NORTH MACEDONIA</t>
-[...4 lines deleted...]
-  <si>
     <t>POLAND</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>PORTUGAL</t>
   </si>
   <si>
     <t>ROMANIA</t>
   </si>
   <si>
     <t>RON</t>
   </si>
   <si>
-    <t>SERBIA</t>
-[...4 lines deleted...]
-  <si>
     <t>SLOVAK REPUBLIC</t>
   </si>
   <si>
-    <t>SLOVENIA</t>
-[...1 lines deleted...]
-  <si>
     <t>SPAIN</t>
   </si>
   <si>
     <t>SWEDEN</t>
   </si>
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>SWITZERLAND</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>UNITED KINGDOM</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>UKRAINE</t>
   </si>
   <si>
     <t>UAH</t>
   </si>
   <si>
     <t>SSEA, CIS &amp; MEA</t>
   </si>
   <si>
-    <t>ARMENIA</t>
-[...16 lines deleted...]
-  <si>
     <t>EGYPT</t>
   </si>
   <si>
     <t>EGP</t>
   </si>
   <si>
     <t>GEORGIA</t>
   </si>
   <si>
-    <t>GEL</t>
-[...1 lines deleted...]
-  <si>
     <t>INDONESIA</t>
   </si>
   <si>
     <t>IDR</t>
   </si>
   <si>
-    <t>ISRAEL</t>
-[...28 lines deleted...]
-  <si>
     <t>LEBANON</t>
   </si>
   <si>
     <t>USD/LBP</t>
   </si>
   <si>
-    <t>MALDIVES</t>
-[...4 lines deleted...]
-  <si>
     <t>MOROCCO​</t>
   </si>
   <si>
     <t>MAD​</t>
   </si>
   <si>
-    <t>PALESTINE</t>
-[...1 lines deleted...]
-  <si>
     <t>PHILIPPINES</t>
   </si>
   <si>
     <t>PHP</t>
   </si>
   <si>
-    <t>REUNION</t>
-[...1 lines deleted...]
-  <si>
     <t>RUSSIA</t>
   </si>
   <si>
     <t>RUB</t>
   </si>
   <si>
-    <t>LIL kits: Lil Hybryd/Lil 3.0/ Lil 2.0</t>
-[...1 lines deleted...]
-  <si>
     <t>SAUDI ARABIA</t>
   </si>
   <si>
     <t>SAR​​​</t>
   </si>
   <si>
     <t>SOUTH AFRICA</t>
   </si>
   <si>
     <t>ZAR</t>
   </si>
   <si>
-    <t>TADJIKISTAN</t>
-[...13 lines deleted...]
-  <si>
     <t>TRY</t>
   </si>
   <si>
     <t>UAE​</t>
   </si>
   <si>
     <t>AED​</t>
   </si>
   <si>
-    <t>UZBEKISTAN​</t>
-[...4 lines deleted...]
-  <si>
     <t>EA, AU &amp; GTR</t>
   </si>
   <si>
     <t>JAPAN</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>MALAYSIA</t>
   </si>
   <si>
     <t>MYR</t>
   </si>
   <si>
     <t>NEW ZEALAND</t>
   </si>
   <si>
     <t>NZD</t>
   </si>
   <si>
     <t>SOUTH KOREA</t>
   </si>
   <si>
     <t>KRW</t>
   </si>
   <si>
+    <t>TAIWAN</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
     <t>AMERICAS</t>
   </si>
   <si>
-    <t>ARUBA</t>
-[...7 lines deleted...]
-  <si>
     <t>USD</t>
   </si>
   <si>
     <t>CANADA</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>RSPs are for the Province of Ontario. HTU RSP is per 20 sticks equivalent based on individual 180s selling unit. HTUs are sold in cartons of 10 packs of 18 units (180s), and 3 packs of 18 units (54s), for 98.30 and 37.84, includes 13% VAT . Cigarette RSP for pack of 20 cigarettes equivalent (RBH brand: Belmont 20s), includes 13% VAT.</t>
   </si>
   <si>
     <t>COLOMBIA</t>
   </si>
   <si>
     <t>COP</t>
   </si>
   <si>
     <t>COSTA RICA</t>
   </si>
   <si>
     <t>CRC</t>
   </si>
   <si>
-    <t>CURACAO</t>
-[...22 lines deleted...]
-  <si>
     <t>MEXICO</t>
   </si>
   <si>
     <t>MXN</t>
   </si>
   <si>
-    <t>July 1st, 2025</t>
+    <t>October 1st, 2025</t>
+  </si>
+  <si>
+    <t>Note: Non-exhaustive list. 
+Pod RSPs are displayed per pack. All VEEV Pod packs inlcude 2 pods, unless otherwise stated
+Source: PMI affiliates</t>
   </si>
   <si>
     <t>VEEV ONE</t>
   </si>
   <si>
     <t>VEEV NOW</t>
   </si>
   <si>
     <t>VEEV 2.0</t>
   </si>
   <si>
     <t>Kit</t>
   </si>
   <si>
     <t>Pod</t>
   </si>
   <si>
     <t>BELGIUM</t>
   </si>
   <si>
     <t>FINLAND</t>
   </si>
   <si>
     <t xml:space="preserve">ROMANIA </t>
   </si>
   <si>
-    <t>KUWAIT</t>
-[...38 lines deleted...]
-    <t>TTD</t>
+    <t>CHILE</t>
+  </si>
+  <si>
+    <t>CLP</t>
+  </si>
+  <si>
+    <t>VEEV Now Ultra 2ml</t>
   </si>
   <si>
     <t>Note: Non-exhaustive list. 20 pouches/can, except Philippines, South Africa and Bhutan where 15 pouches/can
 Source: PMI affiliates</t>
   </si>
   <si>
     <t>ZYN (RSP/Can)</t>
   </si>
   <si>
-    <t>BOSNIA &amp; HERZ.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">FRANCE </t>
   </si>
   <si>
     <t>ICELAND</t>
   </si>
   <si>
     <t>ISK</t>
   </si>
   <si>
     <t>IRELAND</t>
   </si>
   <si>
     <t>NORWAY</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
-    <t>BHUTAN</t>
-[...11 lines deleted...]
-    <t>LESOTHO</t>
+    <t>SPAIN MAINLAND</t>
   </si>
   <si>
     <t>ZAR​</t>
   </si>
   <si>
-    <t>NAMIBIA</t>
-[...7 lines deleted...]
-  <si>
     <t>PHP​</t>
   </si>
   <si>
     <t>PAKISTAN</t>
   </si>
   <si>
     <t>PKR​</t>
   </si>
   <si>
     <t>THAILAND</t>
   </si>
   <si>
     <t>THB</t>
   </si>
   <si>
     <t>UAE</t>
   </si>
   <si>
     <t>AED</t>
   </si>
   <si>
     <t>JPN</t>
+  </si>
+  <si>
+    <t>ARGENTINA</t>
+  </si>
+  <si>
+    <t>ARS</t>
   </si>
   <si>
     <t>Nielsen, based on 13-weeks period</t>
   </si>
   <si>
     <t>Note: Non-exhaustive list. 15 pouches/can
 U.S. retail selling price at the register, including the state/municipalities unique tax structures as well as promotions.
 Source: PMI affiliates, Nielsen, retail selling prices based on 13-weeks period</t>
   </si>
   <si>
+    <t>State</t>
+  </si>
+  <si>
+    <t>U.S.</t>
+  </si>
+  <si>
     <t>ALABAMA</t>
   </si>
   <si>
     <t>ARIZONA</t>
   </si>
   <si>
     <t>CALIFORNIA</t>
   </si>
   <si>
     <t>COLORADO</t>
   </si>
   <si>
     <t>FLORIDA</t>
   </si>
   <si>
     <t>ILLINOIS</t>
   </si>
   <si>
     <t>MASSACHUSETTS</t>
   </si>
   <si>
     <t>MICHIGAN</t>
-  </si>
-[...1 lines deleted...]
-    <t>MISSOURI</t>
   </si>
   <si>
     <t>NEW JERSEY</t>
   </si>
   <si>
     <t>NEW YORK</t>
   </si>
   <si>
     <t>NORTH CAROLINA</t>
   </si>
   <si>
     <t>OHIO</t>
   </si>
   <si>
     <t>OREGON</t>
   </si>
   <si>
     <t>PENNSYLVANIA</t>
   </si>
   <si>
     <t>TENNESSEE</t>
   </si>
   <si>
     <t>TEXAS</t>
   </si>
@@ -918,237 +745,201 @@
     <t>Brand</t>
   </si>
   <si>
     <t>RSP</t>
   </si>
   <si>
     <t xml:space="preserve">Note: Not exhaustive list. 20 cigarettes per pack unless otherwise stated. Low includes super-low
 Source: PMI affiliates and Nielsen </t>
   </si>
   <si>
     <t>Above Premium</t>
   </si>
   <si>
     <t>Premium</t>
   </si>
   <si>
     <t>Mid-Price</t>
   </si>
   <si>
     <t>Low-Price</t>
   </si>
   <si>
     <t>Curr.</t>
   </si>
   <si>
+    <t>Philip Morris / Chesterfield / L&amp;M</t>
+  </si>
+  <si>
+    <t>Eve</t>
+  </si>
+  <si>
+    <t>Marlboro NP</t>
+  </si>
+  <si>
+    <t>Marlboro XL</t>
+  </si>
+  <si>
+    <t>L&amp;M XL</t>
+  </si>
+  <si>
+    <t>Marlboro Premium</t>
+  </si>
+  <si>
+    <t>Merit Box</t>
+  </si>
+  <si>
+    <t>Marlboro Soft</t>
+  </si>
+  <si>
+    <t>Chesterfield / Philip Morris</t>
+  </si>
+  <si>
     <t>Marlboro</t>
   </si>
   <si>
-    <t>Philip Morris / Chesterfield / L&amp;M</t>
-[...25 lines deleted...]
-  <si>
     <t>L&amp;M</t>
   </si>
   <si>
+    <t>L&amp;M First Cut</t>
+  </si>
+  <si>
     <t>Chesterfield</t>
   </si>
   <si>
     <t>Marlboro Crafted</t>
   </si>
   <si>
     <t>Merit</t>
   </si>
   <si>
     <t xml:space="preserve">INDONESIA </t>
   </si>
   <si>
     <t>Sampoerna A Mild</t>
   </si>
   <si>
+    <t>Fortune</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Parliament </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marlboro </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marlboro Crafted </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chesterfield Selection Compact </t>
+  </si>
+  <si>
+    <t>TURKEY</t>
+  </si>
+  <si>
+    <t>Parliament</t>
+  </si>
+  <si>
+    <t>Muratti</t>
+  </si>
+  <si>
+    <t>AUSTRALIA</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>Bond Street</t>
+  </si>
+  <si>
+    <t>Marlboro / Parliament</t>
+  </si>
+  <si>
+    <t>600.0 / 580.0</t>
+  </si>
+  <si>
+    <t>Lark</t>
+  </si>
+  <si>
+    <t>Philip Morris</t>
+  </si>
+  <si>
+    <t>Marlboro Vista</t>
+  </si>
+  <si>
     <t>Sampoerna A Ultra Mild</t>
   </si>
   <si>
-    <t>Fortune</t>
-[...26 lines deleted...]
-    <t>AUD</t>
+    <t>Based on Nielsen Aug 2025. Reflects average observed retail selling prices. 16 cigarettes per pack. SKM low tar category segment</t>
   </si>
   <si>
     <t>Peter Jackson</t>
   </si>
   <si>
-    <t>Bond Street</t>
-[...20 lines deleted...]
-    <t>Marlboro Vista</t>
+    <t>-</t>
   </si>
   <si>
     <t>RSPs for Philip Morris and Marlboro Crafted represent soft pack prices</t>
+  </si>
+  <si>
+    <t>July 1st, 2025</t>
   </si>
   <si>
     <t>Diana at 5.30</t>
   </si>
   <si>
     <t>Based on Nielsen May 2025. Reflects average observed retail selling prices. 16 cigarettes per pack. SKM low tar category segment</t>
   </si>
   <si>
     <t>Declared prices for Jul'25</t>
   </si>
   <si>
     <t>PMI increase prices increased by +5 TRY across on 9th iof July.  Price for Parliament is 92, Marlboro 90, Muratti 87, L&amp;M 85</t>
   </si>
   <si>
     <t>Marlboro decreased by 1 AUD •	Apr submission was RRSP and by then retailer could provide additional discount on top of this RRSP
 •	However, from June onward, due to the regulatory change, retailers no longer allow to provide discount
 •	Therefore, Market had to reposition its RSP baking in the discount portion 
 •	As a result, in terms of RSP perspective, it shows a bit decrease vs. prior submission</t>
   </si>
   <si>
-    <t>3EUR per 1 pod pack</t>
-[...44 lines deleted...]
-Source: PMI affiliates</t>
+    <t>1 pod per pack</t>
+  </si>
+  <si>
+    <t>13 weeks Ending 02/14/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="39" x14ac:knownFonts="1">
+  <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
@@ -1249,160 +1040,129 @@
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color rgb="FF181717"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF181717"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...10 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...18 lines deleted...]
-      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FF181717"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...1 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color theme="0"/>
+      <name val="Lato"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Lato"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1425,51 +1185,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00602B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE3E9F5"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
       <right style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </top>
       <bottom style="thick">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
@@ -1530,57 +1290,103 @@
       <left/>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="thick">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </top>
+      <bottom style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </top>
+      <bottom style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </right>
+      <top style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </top>
+      <bottom style="thick">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="172">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
       <protection locked="0"/>
@@ -1610,490 +1416,508 @@
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="165" fontId="17" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="9" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="18" fillId="9" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="3" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
-      <protection locked="0"/>
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="23" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...102 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" fontId="32" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="2" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="18" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="165" fontId="18" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="166" fontId="8" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="5" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="18" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="5" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="24" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...151 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{791B0069-3C05-4C27-AE97-C9A1A095AC46}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{3779DC59-B561-495E-B955-76BF2F5FD00A}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFE3E9F5"/>
       <color rgb="FF00602B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2333,8198 +2157,5122 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E292C92-DE6A-4DA2-83E4-E401B0C380D7}">
   <sheetPr>
     <tabColor theme="4"/>
   </sheetPr>
-  <dimension ref="B2:V83"/>
+  <dimension ref="B1:M45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="P3" sqref="P3"/>
       <selection pane="bottomLeft" activeCell="P3" sqref="P3"/>
-      <selection pane="bottomRight" activeCell="F15" sqref="F15"/>
+      <selection pane="bottomRight" activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1"/>
-[...17 lines deleted...]
-    <col min="23" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="9.42578125" style="55"/>
+    <col min="2" max="2" width="20.42578125" style="55" customWidth="1"/>
+    <col min="3" max="3" width="30" style="55" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" style="55" customWidth="1"/>
+    <col min="5" max="5" width="8.28515625" style="55" customWidth="1"/>
+    <col min="6" max="7" width="9.5703125" style="55" customWidth="1"/>
+    <col min="8" max="8" width="11.28515625" style="55" customWidth="1"/>
+    <col min="9" max="9" width="9" style="55" customWidth="1"/>
+    <col min="10" max="10" width="8.85546875" style="55" customWidth="1"/>
+    <col min="11" max="11" width="13.28515625" style="55" customWidth="1"/>
+    <col min="12" max="12" width="2.5703125" style="55" customWidth="1"/>
+    <col min="13" max="13" width="65" style="96" customWidth="1"/>
+    <col min="14" max="16384" width="9.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:22" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="B3" s="4" t="s">
+    <row r="1" spans="2:13" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:13" s="55" customFormat="1" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="56" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="2:13" s="55" customFormat="1" ht="26.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="57" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="45"/>
-      <c r="E3" s="46" t="s">
+      <c r="C3" s="58"/>
+      <c r="E3" s="59" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="46"/>
-[...14 lines deleted...]
-      <c r="B4" s="47" t="s">
+      <c r="F3" s="60"/>
+      <c r="G3" s="60"/>
+      <c r="H3" s="60"/>
+      <c r="I3" s="60"/>
+      <c r="J3" s="60"/>
+      <c r="K3" s="61"/>
+    </row>
+    <row r="4" spans="2:13" s="63" customFormat="1" ht="36.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="47"/>
-      <c r="E4" s="48" t="s">
+      <c r="C4" s="62"/>
+      <c r="E4" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="48"/>
-[...5 lines deleted...]
-      <c r="L4" s="48" t="s">
+      <c r="F4" s="64"/>
+      <c r="G4" s="64"/>
+      <c r="H4" s="64"/>
+      <c r="I4" s="64"/>
+      <c r="J4" s="64"/>
+      <c r="K4" s="64" t="s">
         <v>5</v>
       </c>
-      <c r="M4" s="48"/>
-[...4 lines deleted...]
-      <c r="R4" s="48" t="s">
+      <c r="M4" s="65"/>
+    </row>
+    <row r="5" spans="2:13" s="55" customFormat="1" ht="31.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="66" t="s">
         <v>6</v>
       </c>
-      <c r="T4" s="49"/>
-[...2 lines deleted...]
-      <c r="B5" s="5" t="s">
+      <c r="E5" s="67" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="67"/>
+      <c r="G5" s="68"/>
+      <c r="H5" s="69" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="50" t="s">
+      <c r="I5" s="69" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="51"/>
-[...1 lines deleted...]
-      <c r="H5" s="50" t="s">
+      <c r="J5" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="I5" s="51"/>
-[...3 lines deleted...]
-      <c r="K5" s="50" t="s">
+      <c r="K5" s="70" t="s">
         <v>11</v>
       </c>
-      <c r="L5" s="50" t="s">
+      <c r="M5" s="70" t="s">
         <v>12</v>
       </c>
-      <c r="M5" s="50"/>
-[...10 lines deleted...]
-      <c r="R5" s="159" t="s">
+    </row>
+    <row r="6" spans="2:13" s="73" customFormat="1" ht="38.450000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="69" t="s">
         <v>13</v>
       </c>
-      <c r="T5" s="159" t="s">
+      <c r="C6" s="69" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="25" t="s">
+      <c r="D6" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="25" t="s">
+      <c r="E6" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="D6" s="25" t="s">
+      <c r="F6" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="E6" s="25" t="s">
+      <c r="G6" s="71" t="s">
         <v>18</v>
       </c>
-      <c r="F6" s="25" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="25" t="s">
+      <c r="H6" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="H6" s="25" t="s">
+      <c r="I6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="I6" s="25" t="s">
-[...3 lines deleted...]
-      <c r="K6" s="25" t="s">
+      <c r="J6" s="69" t="s">
         <v>21</v>
       </c>
-      <c r="L6" s="25" t="s">
+      <c r="K6" s="72"/>
+      <c r="M6" s="70"/>
+    </row>
+    <row r="7" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="74" t="s">
         <v>22</v>
       </c>
-      <c r="M6" s="25" t="s">
+      <c r="C7" s="74" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="75" t="s">
         <v>23</v>
       </c>
-      <c r="N6" s="53" t="s">
+      <c r="E7" s="76">
+        <v>0</v>
+      </c>
+      <c r="F7" s="76">
+        <v>0</v>
+      </c>
+      <c r="G7" s="76">
+        <v>0</v>
+      </c>
+      <c r="H7" s="77">
+        <v>6.3</v>
+      </c>
+      <c r="I7" s="76">
+        <v>0</v>
+      </c>
+      <c r="J7" s="76">
+        <v>0</v>
+      </c>
+      <c r="K7" s="77">
+        <v>7</v>
+      </c>
+      <c r="M7" s="78"/>
+    </row>
+    <row r="8" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="81">
+        <v>3.32</v>
+      </c>
+      <c r="F8" s="81">
+        <v>3.32</v>
+      </c>
+      <c r="G8" s="81">
+        <v>3.07</v>
+      </c>
+      <c r="H8" s="81">
+        <v>3.32</v>
+      </c>
+      <c r="I8" s="82">
+        <v>0</v>
+      </c>
+      <c r="J8" s="81">
+        <v>2.81</v>
+      </c>
+      <c r="K8" s="81">
+        <v>3.7324307327323951</v>
+      </c>
+      <c r="M8" s="78"/>
+    </row>
+    <row r="9" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="83" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="84" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="76">
+        <v>145</v>
+      </c>
+      <c r="F9" s="76">
+        <v>145</v>
+      </c>
+      <c r="G9" s="76">
+        <v>130</v>
+      </c>
+      <c r="H9" s="76">
+        <v>145</v>
+      </c>
+      <c r="I9" s="76">
+        <v>0</v>
+      </c>
+      <c r="J9" s="76">
+        <v>135</v>
+      </c>
+      <c r="K9" s="76">
+        <v>179</v>
+      </c>
+      <c r="M9" s="78"/>
+    </row>
+    <row r="10" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="82">
+        <v>0</v>
+      </c>
+      <c r="F10" s="82">
+        <v>0</v>
+      </c>
+      <c r="G10" s="82">
+        <v>0</v>
+      </c>
+      <c r="H10" s="81">
+        <v>10.5</v>
+      </c>
+      <c r="I10" s="82">
+        <v>0</v>
+      </c>
+      <c r="J10" s="82">
+        <v>0</v>
+      </c>
+      <c r="K10" s="82">
+        <v>13.5</v>
+      </c>
+      <c r="M10" s="78"/>
+    </row>
+    <row r="11" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="83" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="77">
+        <v>7.8</v>
+      </c>
+      <c r="F11" s="77">
+        <v>7.8</v>
+      </c>
+      <c r="G11" s="77">
+        <v>7</v>
+      </c>
+      <c r="H11" s="77">
+        <v>0</v>
+      </c>
+      <c r="I11" s="76">
+        <v>0</v>
+      </c>
+      <c r="J11" s="77">
+        <v>0</v>
+      </c>
+      <c r="K11" s="77">
+        <v>9.4</v>
+      </c>
+      <c r="M11" s="78"/>
+    </row>
+    <row r="12" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="79" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="81">
+        <v>4.2</v>
+      </c>
+      <c r="F12" s="81">
+        <v>4</v>
+      </c>
+      <c r="G12" s="82">
+        <v>0</v>
+      </c>
+      <c r="H12" s="81">
+        <v>0</v>
+      </c>
+      <c r="I12" s="82">
+        <v>0</v>
+      </c>
+      <c r="J12" s="81">
+        <v>3.5</v>
+      </c>
+      <c r="K12" s="81">
+        <v>4.8</v>
+      </c>
+      <c r="M12" s="78"/>
+    </row>
+    <row r="13" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="83" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="84" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="85">
+        <v>1999</v>
+      </c>
+      <c r="F13" s="85">
+        <v>2200</v>
+      </c>
+      <c r="G13" s="85">
+        <v>1950</v>
+      </c>
+      <c r="H13" s="85">
+        <v>0</v>
+      </c>
+      <c r="I13" s="76">
+        <v>0</v>
+      </c>
+      <c r="J13" s="76">
+        <v>0</v>
+      </c>
+      <c r="K13" s="85">
+        <v>2650</v>
+      </c>
+      <c r="M13" s="78"/>
+    </row>
+    <row r="14" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="79" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="81">
+        <v>5.5</v>
+      </c>
+      <c r="F14" s="81">
+        <v>5.5</v>
+      </c>
+      <c r="G14" s="81">
+        <v>5</v>
+      </c>
+      <c r="H14" s="81">
+        <v>5.5</v>
+      </c>
+      <c r="I14" s="81">
+        <v>4.5</v>
+      </c>
+      <c r="J14" s="81">
+        <v>4.7</v>
+      </c>
+      <c r="K14" s="81">
+        <v>6.8</v>
+      </c>
+      <c r="M14" s="78"/>
+    </row>
+    <row r="15" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="83" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="76">
+        <v>4.3</v>
+      </c>
+      <c r="F15" s="77">
+        <v>5.4</v>
+      </c>
+      <c r="G15" s="77">
+        <v>4.5</v>
+      </c>
+      <c r="H15" s="77">
+        <v>4.5</v>
+      </c>
+      <c r="I15" s="76">
+        <v>0</v>
+      </c>
+      <c r="J15" s="77">
+        <v>4.3</v>
+      </c>
+      <c r="K15" s="77">
+        <v>6</v>
+      </c>
+      <c r="M15" s="78"/>
+    </row>
+    <row r="16" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="79" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="81">
+        <v>6</v>
+      </c>
+      <c r="F16" s="81">
+        <v>6</v>
+      </c>
+      <c r="G16" s="81">
+        <v>6</v>
+      </c>
+      <c r="H16" s="82">
+        <v>0</v>
+      </c>
+      <c r="I16" s="82">
+        <v>0</v>
+      </c>
+      <c r="J16" s="81">
+        <v>0</v>
+      </c>
+      <c r="K16" s="82">
+        <v>13</v>
+      </c>
+      <c r="M16" s="78"/>
+    </row>
+    <row r="17" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="83" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" s="84" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" s="76">
+        <v>16.989999999999998</v>
+      </c>
+      <c r="F17" s="76">
+        <v>19.989999999999998</v>
+      </c>
+      <c r="G17" s="76">
+        <v>16.989999999999998</v>
+      </c>
+      <c r="H17" s="76">
+        <v>0</v>
+      </c>
+      <c r="I17" s="76">
+        <v>0</v>
+      </c>
+      <c r="J17" s="76">
+        <v>16.5</v>
+      </c>
+      <c r="K17" s="76">
+        <v>26.99</v>
+      </c>
+      <c r="M17" s="78"/>
+    </row>
+    <row r="18" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="79" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="81">
+        <v>4.8</v>
+      </c>
+      <c r="F18" s="81">
+        <v>5</v>
+      </c>
+      <c r="G18" s="81">
+        <v>4.5</v>
+      </c>
+      <c r="H18" s="81">
+        <v>0</v>
+      </c>
+      <c r="I18" s="81">
+        <v>0</v>
+      </c>
+      <c r="J18" s="81">
+        <v>4</v>
+      </c>
+      <c r="K18" s="81">
+        <v>6.2</v>
+      </c>
+      <c r="M18" s="78"/>
+    </row>
+    <row r="19" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="83" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="84" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="76">
         <v>24</v>
       </c>
-      <c r="O6" s="25" t="s">
+      <c r="F19" s="76">
         <v>25</v>
       </c>
-      <c r="P6" s="25" t="s">
-[...77 lines deleted...]
-      <c r="F8" s="65">
+      <c r="G19" s="76">
+        <v>21</v>
+      </c>
+      <c r="H19" s="76">
+        <v>0</v>
+      </c>
+      <c r="I19" s="76">
+        <v>0</v>
+      </c>
+      <c r="J19" s="76">
+        <v>0</v>
+      </c>
+      <c r="K19" s="76">
+        <v>31.5</v>
+      </c>
+      <c r="M19" s="78"/>
+    </row>
+    <row r="20" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="79" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" s="82">
+        <v>5</v>
+      </c>
+      <c r="F20" s="81">
+        <v>5</v>
+      </c>
+      <c r="G20" s="81">
+        <v>4.5</v>
+      </c>
+      <c r="H20" s="81">
+        <v>0</v>
+      </c>
+      <c r="I20" s="82">
+        <v>0</v>
+      </c>
+      <c r="J20" s="81">
+        <v>4</v>
+      </c>
+      <c r="K20" s="81">
+        <v>6.3</v>
+      </c>
+      <c r="M20" s="78"/>
+    </row>
+    <row r="21" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="83" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="76">
+        <v>4.8</v>
+      </c>
+      <c r="F21" s="77">
+        <v>5</v>
+      </c>
+      <c r="G21" s="76">
+        <v>0</v>
+      </c>
+      <c r="H21" s="77">
+        <v>0</v>
+      </c>
+      <c r="I21" s="76">
+        <v>0</v>
+      </c>
+      <c r="J21" s="77">
+        <v>0</v>
+      </c>
+      <c r="K21" s="77">
+        <v>6.25</v>
+      </c>
+      <c r="M21" s="78"/>
+    </row>
+    <row r="22" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" s="80" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" s="82">
+        <v>67</v>
+      </c>
+      <c r="F22" s="82">
+        <v>67</v>
+      </c>
+      <c r="G22" s="82">
+        <v>0</v>
+      </c>
+      <c r="H22" s="82">
+        <v>0</v>
+      </c>
+      <c r="I22" s="82">
+        <v>0</v>
+      </c>
+      <c r="J22" s="82">
+        <v>0</v>
+      </c>
+      <c r="K22" s="82">
+        <v>87</v>
+      </c>
+      <c r="M22" s="78"/>
+    </row>
+    <row r="23" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="83" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="76">
+        <v>0</v>
+      </c>
+      <c r="F23" s="77">
+        <v>8.5</v>
+      </c>
+      <c r="G23" s="77">
+        <v>7.5</v>
+      </c>
+      <c r="H23" s="77">
+        <v>0</v>
+      </c>
+      <c r="I23" s="76">
+        <v>0</v>
+      </c>
+      <c r="J23" s="76">
+        <v>0</v>
+      </c>
+      <c r="K23" s="77">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="M23" s="78"/>
+    </row>
+    <row r="24" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="C24" s="79" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" s="80" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="82">
+        <v>0</v>
+      </c>
+      <c r="F24" s="82">
+        <v>165</v>
+      </c>
+      <c r="G24" s="82">
+        <v>135</v>
+      </c>
+      <c r="H24" s="82">
+        <v>170</v>
+      </c>
+      <c r="I24" s="82">
+        <v>100</v>
+      </c>
+      <c r="J24" s="82">
+        <v>0</v>
+      </c>
+      <c r="K24" s="82">
+        <v>165</v>
+      </c>
+      <c r="M24" s="78"/>
+    </row>
+    <row r="25" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="83" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" s="84" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" s="77">
+        <v>7</v>
+      </c>
+      <c r="F25" s="77">
+        <v>7</v>
+      </c>
+      <c r="G25" s="76">
+        <v>6</v>
+      </c>
+      <c r="H25" s="77">
+        <v>7</v>
+      </c>
+      <c r="I25" s="76">
+        <v>0</v>
+      </c>
+      <c r="J25" s="76">
+        <v>0</v>
+      </c>
+      <c r="K25" s="76">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="M25" s="78"/>
+    </row>
+    <row r="26" spans="2:13" s="55" customFormat="1" ht="20.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C26" s="79" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" s="80" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26" s="82">
+        <v>0</v>
+      </c>
+      <c r="F26" s="81">
+        <v>76</v>
+      </c>
+      <c r="G26" s="82">
+        <v>0</v>
+      </c>
+      <c r="H26" s="81">
+        <v>0</v>
+      </c>
+      <c r="I26" s="82">
+        <v>0</v>
+      </c>
+      <c r="J26" s="81">
+        <v>0</v>
+      </c>
+      <c r="K26" s="81">
+        <v>97</v>
+      </c>
+      <c r="M26" s="86"/>
+    </row>
+    <row r="27" spans="2:13" s="55" customFormat="1" ht="18.600000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C27" s="83" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" s="84" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" s="76">
+        <v>0</v>
+      </c>
+      <c r="F27" s="85">
+        <v>33000</v>
+      </c>
+      <c r="G27" s="76">
+        <v>0</v>
+      </c>
+      <c r="H27" s="76">
+        <v>0</v>
+      </c>
+      <c r="I27" s="85">
+        <v>25000</v>
+      </c>
+      <c r="J27" s="76">
+        <v>0</v>
+      </c>
+      <c r="K27" s="85">
+        <v>52486</v>
+      </c>
+      <c r="M27" s="86"/>
+    </row>
+    <row r="28" spans="2:13" s="55" customFormat="1" ht="20.45" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="79" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" s="80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" s="82">
+        <v>0</v>
+      </c>
+      <c r="F28" s="87">
+        <v>230000</v>
+      </c>
+      <c r="G28" s="87">
+        <v>175000</v>
+      </c>
+      <c r="H28" s="87">
+        <v>0</v>
+      </c>
+      <c r="I28" s="87">
+        <v>100000</v>
+      </c>
+      <c r="J28" s="87">
+        <v>0</v>
+      </c>
+      <c r="K28" s="87">
+        <v>245000</v>
+      </c>
+      <c r="M28" s="86"/>
+    </row>
+    <row r="29" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C29" s="83" t="s">
+        <v>62</v>
+      </c>
+      <c r="D29" s="84" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" s="76">
+        <v>0</v>
+      </c>
+      <c r="F29" s="76">
+        <v>35</v>
+      </c>
+      <c r="G29" s="76">
+        <v>0</v>
+      </c>
+      <c r="H29" s="76">
+        <v>0</v>
+      </c>
+      <c r="I29" s="76">
+        <v>0</v>
+      </c>
+      <c r="J29" s="76">
+        <v>0</v>
+      </c>
+      <c r="K29" s="76">
+        <v>39.5</v>
+      </c>
+      <c r="M29" s="86"/>
+    </row>
+    <row r="30" spans="2:13" s="55" customFormat="1" ht="18.600000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C30" s="79" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="80" t="s">
+        <v>65</v>
+      </c>
+      <c r="E30" s="82">
+        <v>0</v>
+      </c>
+      <c r="F30" s="82">
+        <v>160</v>
+      </c>
+      <c r="G30" s="82">
+        <v>0</v>
+      </c>
+      <c r="H30" s="82">
+        <v>0</v>
+      </c>
+      <c r="I30" s="82">
+        <v>0</v>
+      </c>
+      <c r="J30" s="82">
+        <v>0</v>
+      </c>
+      <c r="K30" s="82">
+        <v>180</v>
+      </c>
+      <c r="M30" s="86"/>
+    </row>
+    <row r="31" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C31" s="83" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" s="88">
+        <v>0</v>
+      </c>
+      <c r="F31" s="89">
+        <v>0</v>
+      </c>
+      <c r="G31" s="89">
+        <v>0</v>
+      </c>
+      <c r="H31" s="89">
+        <v>230</v>
+      </c>
+      <c r="I31" s="89">
+        <v>0</v>
+      </c>
+      <c r="J31" s="89">
+        <v>210</v>
+      </c>
+      <c r="K31" s="89">
+        <v>289</v>
+      </c>
+      <c r="L31" s="90"/>
+      <c r="M31" s="91"/>
+    </row>
+    <row r="32" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C32" s="79" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" s="80" t="s">
         <v>69</v>
       </c>
-      <c r="G8" s="65">
-[...111 lines deleted...]
-      <c r="G10" s="65">
+      <c r="E32" s="82">
+        <v>0</v>
+      </c>
+      <c r="F32" s="82">
+        <v>22</v>
+      </c>
+      <c r="G32" s="82">
+        <v>0</v>
+      </c>
+      <c r="H32" s="82">
+        <v>0</v>
+      </c>
+      <c r="I32" s="82">
+        <v>0</v>
+      </c>
+      <c r="J32" s="82">
+        <v>0</v>
+      </c>
+      <c r="K32" s="82">
+        <v>25</v>
+      </c>
+      <c r="M32" s="86"/>
+    </row>
+    <row r="33" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C33" s="83" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" s="84" t="s">
+        <v>71</v>
+      </c>
+      <c r="E33" s="76">
+        <v>0</v>
+      </c>
+      <c r="F33" s="76">
+        <v>47</v>
+      </c>
+      <c r="G33" s="76">
+        <v>0</v>
+      </c>
+      <c r="H33" s="76">
+        <v>42</v>
+      </c>
+      <c r="I33" s="76">
+        <v>0</v>
+      </c>
+      <c r="J33" s="76">
+        <v>0</v>
+      </c>
+      <c r="K33" s="76">
+        <v>64</v>
+      </c>
+      <c r="M33" s="86"/>
+    </row>
+    <row r="34" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="79" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="79" t="s">
+        <v>73</v>
+      </c>
+      <c r="D34" s="80" t="s">
+        <v>74</v>
+      </c>
+      <c r="E34" s="82">
+        <v>0</v>
+      </c>
+      <c r="F34" s="82">
+        <v>20</v>
+      </c>
+      <c r="G34" s="82">
+        <v>0</v>
+      </c>
+      <c r="H34" s="82">
+        <v>0</v>
+      </c>
+      <c r="I34" s="82">
+        <v>14</v>
+      </c>
+      <c r="J34" s="82">
+        <v>0</v>
+      </c>
+      <c r="K34" s="82">
+        <v>22</v>
+      </c>
+      <c r="M34" s="86"/>
+    </row>
+    <row r="35" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="C35" s="83" t="s">
+        <v>76</v>
+      </c>
+      <c r="D35" s="84" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="76">
+        <v>0</v>
+      </c>
+      <c r="F35" s="76">
+        <v>580</v>
+      </c>
+      <c r="G35" s="76">
+        <v>530</v>
+      </c>
+      <c r="H35" s="76">
+        <v>0</v>
+      </c>
+      <c r="I35" s="76">
+        <v>0</v>
+      </c>
+      <c r="J35" s="76">
+        <v>0</v>
+      </c>
+      <c r="K35" s="76">
+        <v>600</v>
+      </c>
+      <c r="M35" s="78"/>
+    </row>
+    <row r="36" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="79" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" s="79" t="s">
+        <v>78</v>
+      </c>
+      <c r="D36" s="80" t="s">
+        <v>79</v>
+      </c>
+      <c r="E36" s="82">
+        <v>0</v>
+      </c>
+      <c r="F36" s="82">
+        <v>14.5</v>
+      </c>
+      <c r="G36" s="82">
+        <v>0</v>
+      </c>
+      <c r="H36" s="82">
+        <v>14.5</v>
+      </c>
+      <c r="I36" s="82">
+        <v>0</v>
+      </c>
+      <c r="J36" s="82">
+        <v>12.5</v>
+      </c>
+      <c r="K36" s="82">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="M36" s="78"/>
+    </row>
+    <row r="37" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="C37" s="83" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" s="84" t="s">
+        <v>81</v>
+      </c>
+      <c r="E37" s="76">
+        <v>0</v>
+      </c>
+      <c r="F37" s="76">
+        <v>13.99</v>
+      </c>
+      <c r="G37" s="76">
+        <v>0</v>
+      </c>
+      <c r="H37" s="76">
+        <v>0</v>
+      </c>
+      <c r="I37" s="76">
+        <v>0</v>
+      </c>
+      <c r="J37" s="77">
+        <v>0</v>
+      </c>
+      <c r="K37" s="76">
+        <v>49.5</v>
+      </c>
+      <c r="M37" s="78"/>
+    </row>
+    <row r="38" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="79" t="s">
+        <v>75</v>
+      </c>
+      <c r="C38" s="79" t="s">
+        <v>82</v>
+      </c>
+      <c r="D38" s="80" t="s">
+        <v>83</v>
+      </c>
+      <c r="E38" s="82">
+        <v>0</v>
+      </c>
+      <c r="F38" s="87">
+        <v>4800</v>
+      </c>
+      <c r="G38" s="87">
+        <v>4500</v>
+      </c>
+      <c r="H38" s="87">
+        <v>0</v>
+      </c>
+      <c r="I38" s="82">
+        <v>0</v>
+      </c>
+      <c r="J38" s="81">
+        <v>0</v>
+      </c>
+      <c r="K38" s="87">
+        <v>4500</v>
+      </c>
+      <c r="M38" s="78"/>
+    </row>
+    <row r="39" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="C39" s="83" t="s">
+        <v>84</v>
+      </c>
+      <c r="D39" s="84" t="s">
         <v>85</v>
       </c>
-      <c r="H10" s="65">
-[...102 lines deleted...]
-      <c r="E12" s="64">
+      <c r="E39" s="76">
+        <v>0</v>
+      </c>
+      <c r="F39" s="76">
+        <v>130</v>
+      </c>
+      <c r="G39" s="76">
+        <v>0</v>
+      </c>
+      <c r="H39" s="76">
+        <v>0</v>
+      </c>
+      <c r="I39" s="76">
+        <v>0</v>
+      </c>
+      <c r="J39" s="77">
+        <v>0</v>
+      </c>
+      <c r="K39" s="76">
+        <v>120</v>
+      </c>
+      <c r="M39" s="78"/>
+    </row>
+    <row r="40" spans="2:13" s="55" customFormat="1" ht="54" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="79" t="s">
+        <v>88</v>
+      </c>
+      <c r="D40" s="80" t="s">
         <v>89</v>
       </c>
-      <c r="F12" s="65">
-[...1486 lines deleted...]
-      <c r="R38" s="65">
+      <c r="E40" s="82">
+        <v>0</v>
+      </c>
+      <c r="F40" s="82">
+        <v>10.92</v>
+      </c>
+      <c r="G40" s="82">
+        <v>0</v>
+      </c>
+      <c r="H40" s="82">
+        <v>0</v>
+      </c>
+      <c r="I40" s="82">
+        <v>0</v>
+      </c>
+      <c r="J40" s="81">
+        <v>0</v>
+      </c>
+      <c r="K40" s="82">
+        <v>18.850000000000001</v>
+      </c>
+      <c r="M40" s="78" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="41" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="83" t="s">
         <v>86</v>
       </c>
-      <c r="T38" s="59"/>
-[...287 lines deleted...]
-      <c r="C44" s="62" t="s">
+      <c r="C41" s="83" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="84" t="s">
+        <v>92</v>
+      </c>
+      <c r="E41" s="85">
+        <v>0</v>
+      </c>
+      <c r="F41" s="85">
+        <v>11500</v>
+      </c>
+      <c r="G41" s="85">
+        <v>0</v>
+      </c>
+      <c r="H41" s="85">
+        <v>0</v>
+      </c>
+      <c r="I41" s="85">
+        <v>8200</v>
+      </c>
+      <c r="J41" s="77">
+        <v>0</v>
+      </c>
+      <c r="K41" s="85">
+        <v>13000</v>
+      </c>
+      <c r="M41" s="78"/>
+    </row>
+    <row r="42" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="79" t="s">
+        <v>86</v>
+      </c>
+      <c r="C42" s="79" t="s">
+        <v>93</v>
+      </c>
+      <c r="D42" s="80" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" s="87">
+        <v>0</v>
+      </c>
+      <c r="F42" s="87">
+        <v>2600</v>
+      </c>
+      <c r="G42" s="87">
+        <v>0</v>
+      </c>
+      <c r="H42" s="87">
+        <v>2600</v>
+      </c>
+      <c r="I42" s="82">
+        <v>0</v>
+      </c>
+      <c r="J42" s="81">
+        <v>0</v>
+      </c>
+      <c r="K42" s="87">
+        <v>2800</v>
+      </c>
+      <c r="M42" s="78"/>
+    </row>
+    <row r="43" spans="2:13" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="83" t="s">
+        <v>86</v>
+      </c>
+      <c r="C43" s="83" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="84" t="s">
+        <v>96</v>
+      </c>
+      <c r="E43" s="76">
+        <v>0</v>
+      </c>
+      <c r="F43" s="76">
         <v>85</v>
       </c>
-      <c r="D44" s="63" t="s">
-[...538 lines deleted...]
-      <c r="C54" s="62" t="s">
+      <c r="G43" s="85">
+        <v>0</v>
+      </c>
+      <c r="H43" s="76">
+        <v>0</v>
+      </c>
+      <c r="I43" s="76">
+        <v>0</v>
+      </c>
+      <c r="J43" s="76">
+        <v>0</v>
+      </c>
+      <c r="K43" s="76">
         <v>103</v>
       </c>
-      <c r="D54" s="63" t="s">
-[...1616 lines deleted...]
-      <c r="T83" s="1"/>
+      <c r="M43" s="78"/>
+    </row>
+    <row r="44" spans="2:13" s="55" customFormat="1" ht="18.75" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="92"/>
+      <c r="C44" s="92"/>
+      <c r="D44" s="93"/>
+      <c r="E44" s="94"/>
+      <c r="F44" s="94"/>
+      <c r="G44" s="95"/>
+      <c r="H44" s="94"/>
+      <c r="I44" s="94"/>
+      <c r="J44" s="94"/>
+      <c r="K44" s="94"/>
+      <c r="M44" s="78"/>
+    </row>
+    <row r="45" spans="2:13" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="92"/>
+      <c r="C45" s="92"/>
+      <c r="D45" s="93"/>
+      <c r="E45" s="94"/>
+      <c r="F45" s="94"/>
+      <c r="G45" s="95"/>
+      <c r="H45" s="94"/>
+      <c r="I45" s="94"/>
+      <c r="J45" s="94"/>
+      <c r="K45" s="94"/>
+      <c r="M45" s="78"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="NSw0wxPCPyrnSGqnS/f1IBciob3SQX0lxYY+vX1/71ja5iyBVpPwL+JDX8GRnfnQcvSAYuBck1408FyP3R5iPg==" saltValue="EvAsDFRJgkKJNg3mN9EQ2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="5ZULVt2KpAC2CC581BokwvjSMHwkyLdUPpyq6+JvmDL+fYCittIdGGRehP3OcdgPcBOgI6/uihuWRSxk+g7wpw==" saltValue="q4U7Wxp07Vck+MdEAZvPCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B40:M43">
+    <sortCondition ref="C40:C43"/>
+  </sortState>
   <mergeCells count="3">
-    <mergeCell ref="J5:J6"/>
-[...1 lines deleted...]
-    <mergeCell ref="T5:T6"/>
+    <mergeCell ref="K5:K6"/>
+    <mergeCell ref="M5:M6"/>
+    <mergeCell ref="E3:K3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="23" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1FA3D725-5045-44CF-ABFD-D2714E1A2125}">
   <sheetPr>
     <tabColor theme="7"/>
   </sheetPr>
-  <dimension ref="B2:R55"/>
+  <dimension ref="B1:O35"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
-      <selection pane="topRight" activeCell="H18" sqref="H18"/>
-[...1 lines deleted...]
-      <selection pane="bottomRight" activeCell="K11" sqref="K11"/>
+      <selection activeCell="T69" sqref="T69"/>
+      <selection pane="topRight" activeCell="T69" sqref="T69"/>
+      <selection pane="bottomLeft" activeCell="T69" sqref="T69"/>
+      <selection pane="bottomRight" activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1"/>
-[...10 lines deleted...]
-    <col min="15" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="9.42578125" style="55"/>
+    <col min="2" max="2" width="38.85546875" style="55" customWidth="1"/>
+    <col min="3" max="3" width="24.28515625" style="55" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="55" customWidth="1"/>
+    <col min="5" max="5" width="12.28515625" style="55" customWidth="1"/>
+    <col min="6" max="6" width="13" style="55" customWidth="1"/>
+    <col min="7" max="8" width="7" style="55" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="2.5703125" style="55" customWidth="1"/>
+    <col min="10" max="10" width="49.85546875" style="96" customWidth="1"/>
+    <col min="11" max="16384" width="9.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:18" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="N3" s="83" t="s">
+    <row r="1" spans="2:15" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="J1" s="96"/>
+    </row>
+    <row r="2" spans="2:15" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="56" t="s">
+        <v>0</v>
+      </c>
+      <c r="J2" s="96"/>
+    </row>
+    <row r="3" spans="2:15" s="55" customFormat="1" ht="18.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="97" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E4" s="46" t="s">
+      <c r="J3" s="96"/>
+    </row>
+    <row r="4" spans="2:15" s="63" customFormat="1" ht="39.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="98" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" s="98"/>
+      <c r="E4" s="59" t="s">
         <v>2</v>
       </c>
-      <c r="F4" s="46"/>
-[...24 lines deleted...]
-      <c r="K5" s="159" t="s">
+      <c r="F4" s="61"/>
+      <c r="G4" s="99"/>
+      <c r="H4" s="99"/>
+      <c r="J4" s="65"/>
+      <c r="N4" s="100"/>
+      <c r="O4" s="100"/>
+    </row>
+    <row r="5" spans="2:15" s="55" customFormat="1" ht="21.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="66"/>
+      <c r="E5" s="67" t="s">
+        <v>99</v>
+      </c>
+      <c r="F5" s="101" t="s">
+        <v>100</v>
+      </c>
+      <c r="G5" s="67" t="s">
+        <v>101</v>
+      </c>
+      <c r="H5" s="102"/>
+      <c r="J5" s="70" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="2:15" s="73" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="69" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="25" t="s">
+      <c r="D6" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="25" t="s">
-[...27 lines deleted...]
-      <c r="D7" s="85" t="s">
+      <c r="E6" s="69" t="s">
+        <v>103</v>
+      </c>
+      <c r="F6" s="103"/>
+      <c r="G6" s="69" t="s">
+        <v>102</v>
+      </c>
+      <c r="H6" s="69" t="s">
+        <v>103</v>
+      </c>
+      <c r="J6" s="70"/>
+    </row>
+    <row r="7" spans="2:15" s="73" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="104" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="106">
+        <v>8.5</v>
+      </c>
+      <c r="F7" s="106">
+        <v>0</v>
+      </c>
+      <c r="G7" s="26"/>
+      <c r="H7" s="107"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="108"/>
+    </row>
+    <row r="8" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="109" t="s">
+        <v>104</v>
+      </c>
+      <c r="D8" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="111">
+        <v>9</v>
+      </c>
+      <c r="F8" s="111">
+        <v>0</v>
+      </c>
+      <c r="G8" s="26"/>
+      <c r="H8" s="107"/>
+      <c r="J8" s="78"/>
+    </row>
+    <row r="9" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="104" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="106">
+        <v>7.6</v>
+      </c>
+      <c r="F9" s="112">
+        <v>0</v>
+      </c>
+      <c r="G9" s="26"/>
+      <c r="H9" s="107"/>
+      <c r="J9" s="78"/>
+    </row>
+    <row r="10" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="109" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="110" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" s="113">
+        <v>229</v>
+      </c>
+      <c r="F10" s="113">
+        <v>209</v>
+      </c>
+      <c r="G10" s="26"/>
+      <c r="H10" s="107"/>
+      <c r="J10" s="78"/>
+    </row>
+    <row r="11" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="104" t="s">
+        <v>105</v>
+      </c>
+      <c r="D11" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="106">
+        <v>8.9</v>
+      </c>
+      <c r="F11" s="106">
+        <v>8.2899999999999991</v>
+      </c>
+      <c r="G11" s="26"/>
+      <c r="H11" s="107"/>
+      <c r="J11" s="78"/>
+    </row>
+    <row r="12" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="109" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="111">
+        <v>8</v>
+      </c>
+      <c r="F12" s="111">
+        <v>0</v>
+      </c>
+      <c r="G12" s="26"/>
+      <c r="H12" s="107"/>
+      <c r="J12" s="78"/>
+    </row>
+    <row r="13" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="104" t="s">
         <v>32</v>
       </c>
-      <c r="E7" s="86">
-[...17 lines deleted...]
-      <c r="C8" s="91" t="s">
+      <c r="D13" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="112">
+        <v>10.9</v>
+      </c>
+      <c r="F13" s="112">
+        <v>10.9</v>
+      </c>
+      <c r="G13" s="26"/>
+      <c r="H13" s="107"/>
+      <c r="J13" s="78"/>
+    </row>
+    <row r="14" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="109" t="s">
         <v>33</v>
       </c>
-      <c r="D8" s="92" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="93">
+      <c r="D14" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="111">
+        <v>3</v>
+      </c>
+      <c r="F14" s="111">
+        <v>8</v>
+      </c>
+      <c r="G14" s="26"/>
+      <c r="H14" s="107"/>
+      <c r="J14" s="78" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="15" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="104" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="106">
+        <v>8.9</v>
+      </c>
+      <c r="F15" s="106">
+        <v>0</v>
+      </c>
+      <c r="G15" s="26"/>
+      <c r="H15" s="107"/>
+      <c r="J15" s="78"/>
+    </row>
+    <row r="16" spans="2:15" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="109" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" s="110" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" s="113">
+        <v>39.9</v>
+      </c>
+      <c r="F16" s="113">
+        <v>0</v>
+      </c>
+      <c r="G16" s="26"/>
+      <c r="H16" s="107"/>
+      <c r="J16" s="78"/>
+    </row>
+    <row r="17" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="114" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="106">
+        <v>3.99</v>
+      </c>
+      <c r="F17" s="106">
+        <v>7.99</v>
+      </c>
+      <c r="G17" s="26"/>
+      <c r="H17" s="107"/>
+      <c r="J17" s="116" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="18" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="109" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" s="110" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" s="113">
+        <v>22</v>
+      </c>
+      <c r="F18" s="113">
+        <v>0</v>
+      </c>
+      <c r="G18" s="26"/>
+      <c r="H18" s="107"/>
+      <c r="J18" s="78"/>
+    </row>
+    <row r="19" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="114" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" s="112">
+        <v>8.9</v>
+      </c>
+      <c r="F19" s="106">
+        <v>8.9</v>
+      </c>
+      <c r="G19" s="26"/>
+      <c r="H19" s="107"/>
+      <c r="J19" s="78"/>
+    </row>
+    <row r="20" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" s="111">
+        <v>7.5</v>
+      </c>
+      <c r="F20" s="111">
         <v>8.5</v>
       </c>
-      <c r="F8" s="93">
-[...158 lines deleted...]
-      <c r="E15" s="86">
+      <c r="G20" s="26"/>
+      <c r="H20" s="107"/>
+      <c r="J20" s="78"/>
+    </row>
+    <row r="21" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="114" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="115" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" s="112">
+        <v>59</v>
+      </c>
+      <c r="F21" s="112">
+        <v>89</v>
+      </c>
+      <c r="G21" s="26"/>
+      <c r="H21" s="107"/>
+      <c r="J21" s="78" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="22" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="109" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" s="110" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" s="111">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="F22" s="111">
+        <v>9.9</v>
+      </c>
+      <c r="G22" s="26"/>
+      <c r="H22" s="107"/>
+      <c r="J22" s="78" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="23" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="114" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" s="115" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" s="106">
+        <v>5.98</v>
+      </c>
+      <c r="F23" s="106">
+        <v>0</v>
+      </c>
+      <c r="G23" s="26"/>
+      <c r="H23" s="107"/>
+      <c r="J23" s="78"/>
+    </row>
+    <row r="24" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="109" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="109" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" s="110" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="117">
+        <v>70000</v>
+      </c>
+      <c r="F24" s="117">
+        <v>80000</v>
+      </c>
+      <c r="G24" s="26"/>
+      <c r="H24" s="107"/>
+      <c r="J24" s="86"/>
+    </row>
+    <row r="25" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="114" t="s">
         <v>70</v>
       </c>
-      <c r="F15" s="87">
-[...314 lines deleted...]
-      <c r="C29" s="84" t="s">
+      <c r="D25" s="115" t="s">
         <v>71</v>
       </c>
-      <c r="D29" s="85" t="s">
-[...25 lines deleted...]
-      <c r="E30" s="94">
+      <c r="E25" s="112">
+        <v>120</v>
+      </c>
+      <c r="F25" s="112">
         <v>99</v>
       </c>
-      <c r="F30" s="93">
-[...2 lines deleted...]
-      <c r="G30" s="93">
+      <c r="G25" s="26"/>
+      <c r="H25" s="107"/>
+      <c r="J25" s="78"/>
+    </row>
+    <row r="26" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="109" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="109" t="s">
+        <v>78</v>
+      </c>
+      <c r="D26" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="E26" s="113">
+        <v>19</v>
+      </c>
+      <c r="F26" s="113">
+        <v>12.9</v>
+      </c>
+      <c r="G26" s="26"/>
+      <c r="H26" s="107"/>
+      <c r="J26" s="78"/>
+    </row>
+    <row r="27" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="114" t="s">
+        <v>80</v>
+      </c>
+      <c r="D27" s="115" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" s="112">
+        <v>8.99</v>
+      </c>
+      <c r="F27" s="106">
+        <v>0</v>
+      </c>
+      <c r="G27" s="26"/>
+      <c r="H27" s="107"/>
+      <c r="J27" s="78"/>
+    </row>
+    <row r="28" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C28" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="110" t="s">
         <v>89</v>
       </c>
-      <c r="H30" s="88"/>
-[...53 lines deleted...]
-      <c r="C33" s="84" t="s">
+      <c r="E28" s="113">
+        <f>14.99*1.13</f>
+        <v>16.938699999999997</v>
+      </c>
+      <c r="F28" s="113">
+        <v>39.538699999999999</v>
+      </c>
+      <c r="G28" s="118"/>
+      <c r="H28" s="119"/>
+      <c r="I28" s="120"/>
+      <c r="J28" s="78"/>
+    </row>
+    <row r="29" spans="2:10" s="55" customFormat="1" ht="18.600000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="114" t="s">
+        <v>86</v>
+      </c>
+      <c r="C29" s="114" t="s">
+        <v>107</v>
+      </c>
+      <c r="D29" s="115" t="s">
+        <v>108</v>
+      </c>
+      <c r="E29" s="106">
+        <v>0</v>
+      </c>
+      <c r="F29" s="121">
+        <v>5990</v>
+      </c>
+      <c r="G29" s="26"/>
+      <c r="H29" s="107" t="s">
+        <v>109</v>
+      </c>
+      <c r="J29" s="78"/>
+    </row>
+    <row r="30" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="109" t="s">
         <v>91</v>
       </c>
-      <c r="D33" s="85" t="s">
+      <c r="D30" s="110" t="s">
         <v>92</v>
       </c>
-      <c r="E33" s="96">
-[...230 lines deleted...]
-      <c r="G43" s="96">
+      <c r="E30" s="113">
+        <v>0</v>
+      </c>
+      <c r="F30" s="117">
         <v>30000</v>
       </c>
-      <c r="H43" s="88"/>
-[...198 lines deleted...]
-    </row>
+      <c r="G30" s="26"/>
+      <c r="H30" s="107"/>
+      <c r="J30" s="78"/>
+    </row>
+    <row r="31" spans="2:10" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="114" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="114" t="s">
+        <v>93</v>
+      </c>
+      <c r="D31" s="115" t="s">
+        <v>94</v>
+      </c>
+      <c r="E31" s="112">
+        <v>0</v>
+      </c>
+      <c r="F31" s="121">
+        <v>9000</v>
+      </c>
+      <c r="G31" s="26"/>
+      <c r="H31" s="107"/>
+      <c r="J31" s="78"/>
+    </row>
+    <row r="32" spans="2:10" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="33" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="34" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="35" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ga+rR2tMfFaqb33gIM1sM2M376MIOsHoLJLW6V0BvK2uFRN9xrGsOiRo/ZtRUtuTs2BZZK+4itTBOVTJuGBLZw==" saltValue="5TONIXkOingrj0m5QtU7/w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <sortCondition ref="C41:C51"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="bPj9ebEhU7y3Lj0D7uUQO0yQe3X81FPBSAXYB1GG/WL8Cg2fTcVQbMHhXGZaNXxy52UPAv0h7C0tcXS4DP6Bjg==" saltValue="3Nl2qi22zGNMnlzRg/1HWg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B28:J31">
+    <sortCondition ref="C28:C31"/>
   </sortState>
   <mergeCells count="4">
-    <mergeCell ref="Q4:R4"/>
-[...1 lines deleted...]
-    <mergeCell ref="K5:K6"/>
     <mergeCell ref="N4:O4"/>
+    <mergeCell ref="F5:F6"/>
+    <mergeCell ref="J5:J6"/>
+    <mergeCell ref="E4:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
   </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="E28" unlockedFormula="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F8B07FD-F4D0-496E-808E-975060175104}">
   <sheetPr>
     <tabColor theme="9"/>
   </sheetPr>
-  <dimension ref="B2:I52"/>
+  <dimension ref="B1:G41"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
-      <selection pane="topRight" activeCell="E17" sqref="E17"/>
-[...1 lines deleted...]
-      <selection pane="bottomRight" activeCell="H31" sqref="H31"/>
+      <selection activeCell="T69" sqref="T69"/>
+      <selection pane="topRight" activeCell="T69" sqref="T69"/>
+      <selection pane="bottomLeft" activeCell="T69" sqref="T69"/>
+      <selection pane="bottomRight" activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="9.42578125" style="55"/>
+    <col min="2" max="2" width="21.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="23.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" style="55" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" style="55" customWidth="1"/>
+    <col min="7" max="7" width="51.42578125" style="55" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:7" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-      <c r="B6" s="25" t="s">
+    <row r="1" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="56" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="57"/>
+    </row>
+    <row r="4" spans="2:7" s="63" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B4" s="122" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" s="122"/>
+    </row>
+    <row r="5" spans="2:7" s="55" customFormat="1" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B5" s="66"/>
+      <c r="E5" s="63"/>
+      <c r="G5" s="63"/>
+    </row>
+    <row r="6" spans="2:7" s="73" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="69" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="25" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="25" t="s">
+      <c r="E6" s="69" t="s">
+        <v>111</v>
+      </c>
+      <c r="G6" s="71" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="2:7" s="73" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="104" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="27">
+        <v>6</v>
+      </c>
+      <c r="G7" s="123"/>
+    </row>
+    <row r="8" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="109" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="29">
+        <v>4</v>
+      </c>
+      <c r="G8" s="124"/>
+    </row>
+    <row r="9" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" s="115" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" s="26">
+        <v>142.85714285714286</v>
+      </c>
+      <c r="G9" s="124"/>
+    </row>
+    <row r="10" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="109" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="110" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" s="30">
+        <v>52</v>
+      </c>
+      <c r="G10" s="124"/>
+    </row>
+    <row r="11" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="114" t="s">
+        <v>105</v>
+      </c>
+      <c r="D11" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="27">
+        <v>6.99</v>
+      </c>
+      <c r="G11" s="124"/>
+    </row>
+    <row r="12" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="109" t="s">
+        <v>112</v>
+      </c>
+      <c r="D12" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="29">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="114" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" s="27">
+        <v>5.5</v>
+      </c>
+      <c r="G13" s="124"/>
+    </row>
+    <row r="14" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="109" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" s="110" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" s="31">
+        <v>1900</v>
+      </c>
+      <c r="G14" s="124"/>
+    </row>
+    <row r="15" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="114" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="115" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" s="26">
+        <v>917</v>
+      </c>
+      <c r="G15" s="124"/>
+    </row>
+    <row r="16" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="109" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="29">
+        <v>7</v>
+      </c>
+      <c r="G16" s="124"/>
+    </row>
+    <row r="17" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="114" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="27">
+        <v>5</v>
+      </c>
+      <c r="G17" s="124"/>
+    </row>
+    <row r="18" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="109" t="s">
+        <v>116</v>
+      </c>
+      <c r="D18" s="110" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" s="30">
+        <v>79</v>
+      </c>
+      <c r="G18" s="124"/>
+    </row>
+    <row r="19" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="114" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="115" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" s="26">
         <v>17</v>
       </c>
-      <c r="E6" s="25" t="s">
-[...13 lines deleted...]
-      <c r="D7" s="85" t="s">
+      <c r="G19" s="124"/>
+    </row>
+    <row r="20" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C20" s="109" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" s="110" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" s="30">
+        <v>24</v>
+      </c>
+      <c r="G20" s="124"/>
+    </row>
+    <row r="21" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C21" s="114" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" s="115" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="27">
+        <v>6</v>
+      </c>
+      <c r="G21" s="124"/>
+    </row>
+    <row r="22" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="109" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" s="110" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="29">
+        <v>5.5</v>
+      </c>
+      <c r="G22" s="124"/>
+    </row>
+    <row r="23" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C23" s="114" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" s="115" t="s">
+        <v>47</v>
+      </c>
+      <c r="E23" s="26">
+        <v>47.46153846153846</v>
+      </c>
+      <c r="G23" s="124"/>
+    </row>
+    <row r="24" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C24" s="109" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" s="110" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" s="29">
+        <v>7.9</v>
+      </c>
+      <c r="G24" s="125"/>
+    </row>
+    <row r="25" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="114" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="114" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="115" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="26">
+        <v>200</v>
+      </c>
+      <c r="G25" s="124"/>
+    </row>
+    <row r="26" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="109" t="s">
+        <v>22</v>
+      </c>
+      <c r="C26" s="109" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" s="110" t="s">
+        <v>51</v>
+      </c>
+      <c r="E26" s="29">
+        <v>6.5</v>
+      </c>
+      <c r="G26" s="124"/>
+    </row>
+    <row r="27" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C27" s="114" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" s="115" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" s="28">
+        <v>30000</v>
+      </c>
+      <c r="G27" s="124"/>
+    </row>
+    <row r="28" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="109" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="109" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" s="110" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" s="30">
+        <v>35</v>
+      </c>
+      <c r="G28" s="124"/>
+    </row>
+    <row r="29" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C29" s="114" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" s="115" t="s">
+        <v>122</v>
+      </c>
+      <c r="E29" s="26">
+        <v>220</v>
+      </c>
+      <c r="G29" s="124"/>
+    </row>
+    <row r="30" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="109" t="s">
+        <v>54</v>
+      </c>
+      <c r="C30" s="109" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="110" t="s">
+        <v>120</v>
+      </c>
+      <c r="E30" s="30">
+        <v>150</v>
+      </c>
+      <c r="G30" s="124"/>
+    </row>
+    <row r="31" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C31" s="114" t="s">
+        <v>70</v>
+      </c>
+      <c r="D31" s="115" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" s="26">
         <v>32</v>
       </c>
-      <c r="E7" s="105">
-[...218 lines deleted...]
-      <c r="C22" s="118" t="s">
+      <c r="G31" s="124"/>
+    </row>
+    <row r="32" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="109" t="s">
         <v>54</v>
       </c>
-      <c r="D22" s="119" t="s">
-[...151 lines deleted...]
-      <c r="D32" s="119" t="s">
+      <c r="C32" s="109" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="110" t="s">
+        <v>124</v>
+      </c>
+      <c r="E32" s="30">
+        <v>80</v>
+      </c>
+      <c r="G32" s="124"/>
+    </row>
+    <row r="33" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="114" t="s">
+        <v>54</v>
+      </c>
+      <c r="C33" s="114" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="115" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" s="26">
+        <v>20</v>
+      </c>
+      <c r="G33" s="124"/>
+    </row>
+    <row r="34" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="109" t="s">
         <v>75</v>
       </c>
-      <c r="E32" s="109">
-[...24 lines deleted...]
-      <c r="C34" s="118" t="s">
+      <c r="C34" s="109" t="s">
         <v>76</v>
       </c>
-      <c r="D34" s="119" t="s">
-[...9 lines deleted...]
-      <c r="B35" s="84" t="s">
+      <c r="D34" s="110" t="s">
+        <v>127</v>
+      </c>
+      <c r="E34" s="30">
+        <v>500</v>
+      </c>
+      <c r="G34" s="124"/>
+    </row>
+    <row r="35" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="114" t="s">
+        <v>86</v>
+      </c>
+      <c r="C35" s="114" t="s">
+        <v>128</v>
+      </c>
+      <c r="D35" s="115" t="s">
+        <v>129</v>
+      </c>
+      <c r="E35" s="28">
+        <v>5500</v>
+      </c>
+      <c r="G35" s="125"/>
+    </row>
+    <row r="36" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="C36" s="109" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="110" t="s">
+        <v>92</v>
+      </c>
+      <c r="E36" s="31">
+        <v>15000</v>
+      </c>
+      <c r="G36" s="124"/>
+    </row>
+    <row r="37" spans="2:7" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="114" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" s="114" t="s">
+        <v>95</v>
+      </c>
+      <c r="D37" s="115" t="s">
+        <v>96</v>
+      </c>
+      <c r="E37" s="26">
         <v>80</v>
       </c>
-      <c r="C35" s="84" t="s">
-[...255 lines deleted...]
-      <c r="E52" s="124"/>
+      <c r="G37" s="124"/>
+    </row>
+    <row r="38" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="92"/>
+      <c r="C38" s="92"/>
+      <c r="D38" s="93"/>
+      <c r="E38" s="51"/>
+      <c r="G38" s="124"/>
+    </row>
+    <row r="39" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="92"/>
+      <c r="C39" s="92"/>
+      <c r="D39" s="93"/>
+      <c r="E39" s="51"/>
+      <c r="G39" s="124"/>
+    </row>
+    <row r="40" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="92"/>
+      <c r="C40" s="92"/>
+      <c r="D40" s="93"/>
+      <c r="E40" s="51"/>
+      <c r="G40" s="124"/>
+    </row>
+    <row r="41" spans="2:7" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="92"/>
+      <c r="C41" s="92"/>
+      <c r="D41" s="93"/>
+      <c r="E41" s="51"/>
+      <c r="G41" s="124"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Jyppwp8sn9qY67wPhZKB+XSAZK33W42bPZ7PWbHjhvvKMaGZmqJUDidVYmGKBP7QytjpS1tr39TKxfleIRQuSg==" saltValue="79CVfTtvRMmivR7IKuz6IQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <sortCondition ref="C7:C34"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="twRufOTtbhc3bMPkjNzVTaUzAi+9UE4FvnTTlDXmTKa0PPmdUaV/FeOrOPO6zUy5rr6+WuEQIvbm6j3ZIMCrGg==" saltValue="ea5XWeaQef+EIEu92noNhw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B35:G37">
+    <sortCondition ref="C35:C37"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="B4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF9D6036-66D1-4000-9208-31597B42EF1C}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
-  <dimension ref="A2:R29"/>
+  <dimension ref="A2:O28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E10" sqref="E10"/>
       <selection pane="bottomLeft" activeCell="E10" sqref="E10"/>
-      <selection pane="bottomRight" activeCell="C15" sqref="C15"/>
+      <selection pane="bottomRight" activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.7109375" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="13" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="8.5703125" style="126" customWidth="1"/>
+    <col min="2" max="2" width="38.5703125" style="55" customWidth="1"/>
+    <col min="3" max="3" width="50.42578125" style="55" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" style="55" customWidth="1"/>
+    <col min="5" max="5" width="29.42578125" style="55" customWidth="1"/>
+    <col min="6" max="6" width="2.5703125" style="55" customWidth="1"/>
+    <col min="7" max="7" width="47.5703125" style="55" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5703125" style="55" customWidth="1"/>
+    <col min="9" max="9" width="22.5703125" style="55" bestFit="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:18" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-      <c r="B6" s="25" t="s">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B2" s="56" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B3" s="57"/>
+    </row>
+    <row r="4" spans="1:15" s="63" customFormat="1" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="122" t="s">
+        <v>131</v>
+      </c>
+      <c r="C4" s="122"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+      <c r="M4" s="55"/>
+      <c r="N4" s="55"/>
+      <c r="O4" s="55"/>
+    </row>
+    <row r="5" spans="1:15" ht="57" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A5" s="55"/>
+      <c r="B5" s="66"/>
+      <c r="E5" s="127" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" s="63"/>
+      <c r="G5" s="63"/>
+    </row>
+    <row r="6" spans="1:15" s="73" customFormat="1" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="69"/>
+      <c r="C6" s="69" t="s">
+        <v>132</v>
+      </c>
+      <c r="D6" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="25" t="s">
-[...23 lines deleted...]
-      <c r="B7" s="84" t="s">
+      <c r="E6" s="69" t="s">
+        <v>111</v>
+      </c>
+      <c r="G6" s="71" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="55"/>
+      <c r="I6" s="55"/>
+      <c r="J6" s="55"/>
+      <c r="K6" s="55"/>
+      <c r="L6" s="55"/>
+      <c r="M6" s="55"/>
+      <c r="N6" s="55"/>
+      <c r="O6" s="55"/>
+    </row>
+    <row r="7" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="55"/>
+      <c r="B7" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C7" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="D7" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E7" s="128">
+        <v>5.41</v>
+      </c>
+      <c r="G7" s="129"/>
+    </row>
+    <row r="8" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C8" s="109" t="s">
+        <v>135</v>
+      </c>
+      <c r="D8" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E8" s="130">
+        <v>5.79</v>
+      </c>
+      <c r="G8" s="129"/>
+    </row>
+    <row r="9" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="55"/>
+      <c r="B9" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C9" s="104" t="s">
+        <v>136</v>
+      </c>
+      <c r="D9" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" s="128">
+        <v>7.01</v>
+      </c>
+      <c r="G9" s="129"/>
+    </row>
+    <row r="10" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C10" s="109" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" s="130">
+        <v>7.88</v>
+      </c>
+      <c r="G10" s="129"/>
+    </row>
+    <row r="11" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="55"/>
+      <c r="B11" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C11" s="104" t="s">
+        <v>138</v>
+      </c>
+      <c r="D11" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" s="128">
+        <v>5.42</v>
+      </c>
+      <c r="G11" s="129"/>
+    </row>
+    <row r="12" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C12" s="109" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" s="130">
+        <v>5.32</v>
+      </c>
+      <c r="G12" s="129"/>
+    </row>
+    <row r="13" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="55"/>
+      <c r="B13" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C13" s="104" t="s">
         <v>139</v>
       </c>
-      <c r="C7" s="84" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="85" t="s">
+      <c r="D13" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" s="128">
+        <v>7.47</v>
+      </c>
+      <c r="G13" s="129"/>
+    </row>
+    <row r="14" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C14" s="109" t="s">
+        <v>140</v>
+      </c>
+      <c r="D14" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" s="130">
+        <v>6.47</v>
+      </c>
+      <c r="G14" s="129"/>
+    </row>
+    <row r="15" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="55"/>
+      <c r="B15" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C15" s="104" t="s">
+        <v>141</v>
+      </c>
+      <c r="D15" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" s="128">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="G15" s="129"/>
+    </row>
+    <row r="16" spans="1:15" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="55"/>
+      <c r="B16" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" s="109" t="s">
+        <v>142</v>
+      </c>
+      <c r="D16" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="130">
+        <v>7.05</v>
+      </c>
+      <c r="G16" s="129"/>
+    </row>
+    <row r="17" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" s="104" t="s">
         <v>143</v>
       </c>
-      <c r="E7" s="126">
-[...157 lines deleted...]
-      <c r="G17" s="127"/>
+      <c r="D17" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E17" s="128">
+        <v>6.34</v>
+      </c>
+      <c r="G17" s="129"/>
     </row>
     <row r="18" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B18" s="91" t="s">
-[...11 lines deleted...]
-      <c r="G18" s="127"/>
+      <c r="A18" s="55"/>
+      <c r="B18" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" s="109" t="s">
+        <v>144</v>
+      </c>
+      <c r="D18" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" s="130">
+        <v>4.88</v>
+      </c>
+      <c r="G18" s="129"/>
     </row>
     <row r="19" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="1"/>
-[...12 lines deleted...]
-      <c r="G19" s="127"/>
+      <c r="B19" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" s="104" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" s="128">
+        <v>4.7300000000000004</v>
+      </c>
+      <c r="G19" s="129"/>
     </row>
     <row r="20" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="91" t="s">
-[...11 lines deleted...]
-      <c r="G20" s="127"/>
+      <c r="A20" s="55"/>
+      <c r="B20" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" s="109" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" s="130">
+        <v>5.61</v>
+      </c>
+      <c r="G20" s="129"/>
     </row>
     <row r="21" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="1"/>
-[...12 lines deleted...]
-      <c r="G21" s="127"/>
+      <c r="B21" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" s="104" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E21" s="128">
+        <v>5</v>
+      </c>
+      <c r="G21" s="129"/>
     </row>
     <row r="22" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B22" s="91" t="s">
-[...11 lines deleted...]
-      <c r="G22" s="127"/>
+      <c r="A22" s="55"/>
+      <c r="B22" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" s="109" t="s">
+        <v>148</v>
+      </c>
+      <c r="D22" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="130">
+        <v>5.15</v>
+      </c>
+      <c r="G22" s="129"/>
     </row>
     <row r="23" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="1"/>
-[...12 lines deleted...]
-      <c r="G23" s="127"/>
+      <c r="B23" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="104" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" s="128">
+        <v>6.76</v>
+      </c>
+      <c r="G23" s="129"/>
     </row>
     <row r="24" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B24" s="91" t="s">
-[...11 lines deleted...]
-      <c r="G24" s="127"/>
+      <c r="A24" s="55"/>
+      <c r="B24" s="109" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" s="109" t="s">
+        <v>150</v>
+      </c>
+      <c r="D24" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" s="130">
+        <v>5.49</v>
+      </c>
+      <c r="G24" s="129"/>
     </row>
     <row r="25" spans="1:7" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="1"/>
-[...27 lines deleted...]
-      <c r="G26" s="127"/>
+      <c r="B25" s="104" t="s">
+        <v>133</v>
+      </c>
+      <c r="C25" s="104" t="s">
+        <v>151</v>
+      </c>
+      <c r="D25" s="105" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" s="128">
+        <v>6.78</v>
+      </c>
+      <c r="G25" s="129"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A26" s="55"/>
+      <c r="G26" s="129"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A27" s="1"/>
-      <c r="G27" s="127"/>
+      <c r="G27" s="129"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="G28" s="127"/>
-[...2 lines deleted...]
-      <c r="G29" s="132"/>
+      <c r="G28" s="131"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xVmDaSj0BUkymfjp6EdHG/TXjBiQrrvA6c1mJoRjEkf9B5A+Z3hqTjqd9zBx5kibVef/0t066xaNFaxKtXwC/w==" saltValue="GHOqwSIWQp/hXwnzFeHSfA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="H5lO7Z47ETvjLZ+4vA4/jPWYo2onwdMRGPoXcgqbHjgx7Dzca3GiNdMDZgHsQUEY1JShvGP31fNNuCL2R8InAw==" saltValue="kV4FA1pGpH5wGfzLuBpeeg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4786A673-4792-46AF-A4E3-8C45F0B0E2CB}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:P21"/>
+  <dimension ref="B1:P21"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C8" sqref="C8"/>
       <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
-      <selection pane="bottomRight" activeCell="I15" sqref="I15"/>
+      <selection pane="bottomRight" activeCell="G23" sqref="G23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.28515625" style="1"/>
+    <col min="1" max="1" width="9.42578125" style="55"/>
+    <col min="2" max="2" width="18" style="55" customWidth="1"/>
+    <col min="3" max="3" width="17" style="55" customWidth="1"/>
+    <col min="4" max="4" width="8.5703125" style="55" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" style="55" customWidth="1"/>
+    <col min="6" max="6" width="9.42578125" style="55" customWidth="1"/>
+    <col min="7" max="7" width="21.7109375" style="55" customWidth="1"/>
+    <col min="8" max="8" width="13.140625" style="55" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="21.7109375" style="55" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" style="55" customWidth="1"/>
+    <col min="11" max="11" width="29.5703125" style="55" customWidth="1"/>
+    <col min="12" max="12" width="9.42578125" style="55" customWidth="1"/>
+    <col min="13" max="13" width="2.5703125" style="55" customWidth="1"/>
+    <col min="14" max="14" width="45.28515625" style="55" customWidth="1"/>
+    <col min="15" max="15" width="40.5703125" style="55" customWidth="1"/>
+    <col min="16" max="16384" width="9.42578125" style="55"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:14" s="55" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:14" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="56" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="2:14" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="57"/>
+    </row>
+    <row r="4" spans="2:14" s="63" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="122" t="s">
+        <v>154</v>
+      </c>
+      <c r="C4" s="122"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="55"/>
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+    </row>
+    <row r="5" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="66"/>
+      <c r="E5" s="132" t="s">
+        <v>155</v>
+      </c>
+      <c r="F5" s="133"/>
+      <c r="G5" s="134" t="s">
+        <v>156</v>
+      </c>
+      <c r="H5" s="135"/>
+      <c r="I5" s="136" t="s">
+        <v>157</v>
+      </c>
+      <c r="J5" s="137"/>
+      <c r="K5" s="138" t="s">
+        <v>158</v>
+      </c>
+      <c r="L5" s="139"/>
+      <c r="N5" s="101" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="2:14" s="73" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="69" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="69" t="s">
+        <v>159</v>
+      </c>
+      <c r="E6" s="140" t="s">
+        <v>152</v>
+      </c>
+      <c r="F6" s="140" t="s">
+        <v>153</v>
+      </c>
+      <c r="G6" s="141" t="s">
+        <v>152</v>
+      </c>
+      <c r="H6" s="141" t="s">
+        <v>153</v>
+      </c>
+      <c r="I6" s="142" t="s">
+        <v>152</v>
+      </c>
+      <c r="J6" s="142" t="s">
+        <v>153</v>
+      </c>
+      <c r="K6" s="143" t="s">
+        <v>152</v>
+      </c>
+      <c r="L6" s="143" t="s">
+        <v>153</v>
+      </c>
+      <c r="N6" s="103"/>
+    </row>
+    <row r="7" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="144" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="145" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="146"/>
+      <c r="F7" s="147"/>
+      <c r="G7" s="148" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="149">
+        <v>13.5</v>
+      </c>
+      <c r="I7" s="148"/>
+      <c r="J7" s="150"/>
+      <c r="K7" s="148" t="s">
+        <v>160</v>
+      </c>
+      <c r="L7" s="149">
+        <v>13</v>
+      </c>
+      <c r="N7" s="124"/>
+    </row>
+    <row r="8" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="105" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="151" t="s">
+        <v>161</v>
+      </c>
+      <c r="F8" s="152">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G8" s="153" t="s">
+        <v>162</v>
+      </c>
+      <c r="H8" s="106">
+        <v>9.4</v>
+      </c>
+      <c r="I8" s="153" t="s">
+        <v>163</v>
+      </c>
+      <c r="J8" s="106">
+        <v>9.0909090909090899</v>
+      </c>
+      <c r="K8" s="153" t="s">
+        <v>164</v>
+      </c>
+      <c r="L8" s="106">
+        <v>8.3333333333333339</v>
+      </c>
+      <c r="N8" s="124"/>
+    </row>
+    <row r="9" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="144" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="145" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="148" t="s">
+        <v>165</v>
+      </c>
+      <c r="F9" s="154">
+        <v>6.8</v>
+      </c>
+      <c r="G9" s="148" t="s">
+        <v>166</v>
+      </c>
+      <c r="H9" s="150">
+        <v>6.5</v>
+      </c>
+      <c r="I9" s="148" t="s">
+        <v>167</v>
+      </c>
+      <c r="J9" s="150">
+        <v>6.3</v>
+      </c>
+      <c r="K9" s="148" t="s">
+        <v>168</v>
+      </c>
+      <c r="L9" s="150">
+        <v>5.8</v>
+      </c>
+      <c r="N9" s="155"/>
+    </row>
+    <row r="10" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="104" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="104" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="105" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="151"/>
+      <c r="F10" s="107"/>
+      <c r="G10" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" s="112">
+        <v>26.99</v>
+      </c>
+      <c r="I10" s="156" t="s">
+        <v>170</v>
+      </c>
+      <c r="J10" s="112">
+        <v>24.99</v>
+      </c>
+      <c r="K10" s="156" t="s">
+        <v>171</v>
+      </c>
+      <c r="L10" s="112">
+        <v>22.5</v>
+      </c>
+      <c r="N10" s="157"/>
+    </row>
+    <row r="11" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="144" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="144" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="145" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="146"/>
+      <c r="F11" s="147"/>
+      <c r="G11" s="148" t="s">
+        <v>169</v>
+      </c>
+      <c r="H11" s="150">
+        <v>6.25</v>
+      </c>
+      <c r="I11" s="148" t="s">
+        <v>172</v>
+      </c>
+      <c r="J11" s="150">
+        <v>6.1</v>
+      </c>
+      <c r="K11" s="148" t="s">
+        <v>173</v>
+      </c>
+      <c r="L11" s="150">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="N11" s="157"/>
+    </row>
+    <row r="12" spans="2:14" s="55" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="104" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="104" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="105" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="151" t="s">
+        <v>174</v>
+      </c>
+      <c r="F12" s="107">
+        <v>105</v>
+      </c>
+      <c r="G12" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="H12" s="112">
+        <v>97</v>
+      </c>
+      <c r="I12" s="156" t="s">
+        <v>170</v>
+      </c>
+      <c r="J12" s="112">
+        <v>76</v>
+      </c>
+      <c r="K12" s="156"/>
+      <c r="L12" s="112"/>
+      <c r="N12" s="124"/>
+    </row>
+    <row r="13" spans="2:14" s="55" customFormat="1" ht="32.450000000000003" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="144" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="144" t="s">
+        <v>175</v>
+      </c>
+      <c r="D13" s="145" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" s="146"/>
+      <c r="F13" s="147"/>
+      <c r="G13" s="148" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" s="158">
+        <v>36137</v>
+      </c>
+      <c r="I13" s="148"/>
+      <c r="J13" s="158"/>
+      <c r="K13" s="148"/>
+      <c r="L13" s="150"/>
+      <c r="M13" s="90"/>
+      <c r="N13" s="159"/>
+    </row>
+    <row r="14" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="104" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="104" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="105" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="151"/>
+      <c r="F14" s="107"/>
+      <c r="G14" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="H14" s="112">
+        <v>180</v>
+      </c>
+      <c r="I14" s="156" t="s">
+        <v>177</v>
+      </c>
+      <c r="J14" s="112">
+        <v>160</v>
+      </c>
+      <c r="K14" s="156" t="s">
+        <v>172</v>
+      </c>
+      <c r="L14" s="160">
+        <v>140</v>
+      </c>
+      <c r="N14" s="161"/>
+    </row>
+    <row r="15" spans="2:14" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="144" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="144" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="145" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="162" t="s">
+        <v>178</v>
+      </c>
+      <c r="F15" s="163">
+        <v>299</v>
+      </c>
+      <c r="G15" s="164" t="s">
+        <v>179</v>
+      </c>
+      <c r="H15" s="165">
+        <v>269</v>
+      </c>
+      <c r="I15" s="164" t="s">
+        <v>180</v>
+      </c>
+      <c r="J15" s="165">
+        <v>209</v>
+      </c>
+      <c r="K15" s="164" t="s">
+        <v>181</v>
+      </c>
+      <c r="L15" s="165">
+        <v>189</v>
+      </c>
+      <c r="N15" s="166"/>
+    </row>
+    <row r="16" spans="2:14" s="55" customFormat="1" ht="22.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="104" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="104" t="s">
+        <v>182</v>
+      </c>
+      <c r="D16" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="151" t="s">
+        <v>183</v>
+      </c>
+      <c r="F16" s="107">
+        <v>100</v>
+      </c>
+      <c r="G16" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="H16" s="112">
+        <v>100</v>
+      </c>
+      <c r="I16" s="153" t="s">
+        <v>184</v>
+      </c>
+      <c r="J16" s="112">
+        <v>97</v>
+      </c>
+      <c r="K16" s="153" t="s">
+        <v>170</v>
+      </c>
+      <c r="L16" s="112">
+        <v>95</v>
+      </c>
+      <c r="N16" s="167"/>
+    </row>
+    <row r="17" spans="2:16" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="144" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" s="144" t="s">
+        <v>185</v>
+      </c>
+      <c r="D17" s="145" t="s">
+        <v>186</v>
+      </c>
+      <c r="E17" s="146"/>
+      <c r="F17" s="147"/>
+      <c r="G17" s="148" t="s">
+        <v>169</v>
+      </c>
+      <c r="H17" s="149">
+        <v>61.99</v>
+      </c>
+      <c r="I17" s="148" t="s">
+        <v>187</v>
+      </c>
+      <c r="J17" s="149">
+        <v>46.99</v>
+      </c>
+      <c r="K17" s="148" t="s">
+        <v>172</v>
+      </c>
+      <c r="L17" s="149">
+        <v>36.99</v>
+      </c>
+      <c r="N17" s="168"/>
+    </row>
+    <row r="18" spans="2:16" s="55" customFormat="1" ht="34.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="104" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="104" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" s="151"/>
+      <c r="F18" s="152"/>
+      <c r="G18" s="153" t="s">
+        <v>188</v>
+      </c>
+      <c r="H18" s="169" t="s">
+        <v>189</v>
+      </c>
+      <c r="I18" s="153" t="s">
+        <v>190</v>
+      </c>
+      <c r="J18" s="112">
+        <v>540</v>
+      </c>
+      <c r="K18" s="153" t="s">
+        <v>191</v>
+      </c>
+      <c r="L18" s="112">
+        <v>450</v>
+      </c>
+      <c r="N18" s="168"/>
+    </row>
+    <row r="19" spans="2:16" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="144" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="144" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="146"/>
+      <c r="F19" s="154"/>
+      <c r="G19" s="148" t="s">
+        <v>169</v>
+      </c>
+      <c r="H19" s="158">
+        <v>4500</v>
+      </c>
+      <c r="I19" s="148"/>
+      <c r="J19" s="150"/>
+      <c r="K19" s="148"/>
+      <c r="L19" s="150"/>
+      <c r="N19" s="161"/>
+    </row>
+    <row r="20" spans="2:16" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="104" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="104" t="s">
+        <v>128</v>
+      </c>
+      <c r="D20" s="105" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" s="151" t="s">
+        <v>183</v>
+      </c>
+      <c r="F20" s="170">
+        <v>5850</v>
+      </c>
+      <c r="G20" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="H20" s="121">
+        <v>5300</v>
+      </c>
+      <c r="I20" s="156" t="s">
+        <v>191</v>
+      </c>
+      <c r="J20" s="121">
+        <v>4350</v>
+      </c>
+      <c r="K20" s="156" t="s">
+        <v>173</v>
+      </c>
+      <c r="L20" s="121">
+        <v>2750</v>
+      </c>
+      <c r="N20" s="124"/>
+    </row>
+    <row r="21" spans="2:16" s="55" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="144" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="144" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="145" t="s">
+        <v>96</v>
+      </c>
+      <c r="E21" s="146"/>
+      <c r="F21" s="147"/>
+      <c r="G21" s="148" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21" s="149">
+        <v>103</v>
+      </c>
+      <c r="I21" s="148" t="s">
+        <v>192</v>
+      </c>
+      <c r="J21" s="149">
+        <v>96</v>
+      </c>
+      <c r="K21" s="148" t="s">
+        <v>173</v>
+      </c>
+      <c r="L21" s="149">
+        <v>87</v>
+      </c>
+      <c r="N21" s="161"/>
+      <c r="P21" s="171"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="lnV5tIA4ZWhpeL/Yf29aqgWTvUtt2tJ4CtqA7HgN1S1Cl1FHDEeDvZPVs2hAqk4my8y+cISvc1vgb29qF3pXmg==" saltValue="k7gMkjGbR1/vyThuyVtpGQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <protectedRanges>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B1:D4 B22:D1048576" name="Range2_2"/>
+    <protectedRange algorithmName="SHA-512" hashValue="23fJgdEDmrYGUVdxrIDjZZjxqFSJ9u9Oswy0To0jQamisCSCNwEJoyWbARy3rbNgOeXmWr4h6XVCubrIlQI5/Q==" saltValue="kwU50BkSRM7yX7+18nD5fw==" spinCount="100000" sqref="B5:N6" name="Range1_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B5:D6" name="Range2_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B12:D16 B7:B11 B17:B21" name="Range2_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C20:D21" name="Range2_4_1_1_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C17:D19" name="Range2_2_1_1_1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C7:D11" name="Range2_1_1_1_1"/>
+  </protectedRanges>
+  <mergeCells count="2">
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="N5:N6"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="55" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3095EA53-C726-41D7-A670-D69FCF01C041}">
+  <dimension ref="B1:P21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F16" sqref="F16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="9.42578125" style="7"/>
+    <col min="2" max="2" width="18" style="7" customWidth="1"/>
+    <col min="3" max="3" width="17" style="7" customWidth="1"/>
+    <col min="4" max="4" width="8.5703125" style="7" customWidth="1"/>
+    <col min="5" max="5" width="19.42578125" style="7" customWidth="1"/>
+    <col min="6" max="6" width="10.42578125" style="7" customWidth="1"/>
+    <col min="7" max="7" width="19.42578125" style="7" customWidth="1"/>
+    <col min="8" max="8" width="13.42578125" style="7" customWidth="1"/>
+    <col min="9" max="9" width="21.42578125" style="7" customWidth="1"/>
+    <col min="10" max="10" width="10.42578125" style="7" customWidth="1"/>
+    <col min="11" max="11" width="28.7109375" style="7" customWidth="1"/>
+    <col min="12" max="12" width="10.42578125" style="7" customWidth="1"/>
+    <col min="13" max="13" width="2.5703125" style="7" customWidth="1"/>
+    <col min="14" max="14" width="52.42578125" style="7" customWidth="1"/>
+    <col min="15" max="15" width="40.5703125" style="7" customWidth="1"/>
+    <col min="16" max="16384" width="9.42578125" style="7"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B2" s="6" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:14" x14ac:dyDescent="0.35">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B3" s="4"/>
     </row>
     <row r="4" spans="2:14" s="2" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B4" s="164" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="164"/>
+      <c r="B4" s="54" t="s">
+        <v>154</v>
+      </c>
+      <c r="C4" s="54"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
     </row>
-    <row r="5" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:14" s="1" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="5"/>
       <c r="E5" s="13" t="s">
-        <v>234</v>
+        <v>155</v>
       </c>
       <c r="F5" s="14"/>
       <c r="G5" s="15" t="s">
-        <v>235</v>
+        <v>156</v>
       </c>
       <c r="H5" s="16"/>
       <c r="I5" s="17" t="s">
-        <v>236</v>
+        <v>157</v>
       </c>
       <c r="J5" s="18"/>
       <c r="K5" s="19" t="s">
-        <v>237</v>
+        <v>158</v>
       </c>
       <c r="L5" s="20"/>
-      <c r="N5" s="162" t="s">
-        <v>14</v>
+      <c r="N5" s="52" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:14" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" s="25" t="s">
-        <v>238</v>
+        <v>159</v>
       </c>
       <c r="E6" s="21" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="F6" s="21" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="G6" s="22" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="H6" s="22" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="I6" s="23" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="J6" s="23" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="K6" s="24" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="L6" s="24" t="s">
-        <v>232</v>
-[...10 lines deleted...]
-      <c r="D7" s="130" t="s">
+        <v>153</v>
+      </c>
+      <c r="N6" s="53"/>
+    </row>
+    <row r="7" spans="2:14" ht="34.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="32"/>
+      <c r="F7" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G7" s="33" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I7" s="33"/>
+      <c r="J7" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K7" s="33" t="s">
+        <v>160</v>
+      </c>
+      <c r="L7" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N7" s="34"/>
+    </row>
+    <row r="8" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="E7" s="133"/>
-[...51 lines deleted...]
-      <c r="N8" s="108"/>
+      <c r="D8" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="35" t="s">
+        <v>161</v>
+      </c>
+      <c r="F8" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G8" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="H8" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I8" s="36" t="s">
+        <v>163</v>
+      </c>
+      <c r="J8" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K8" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="L8" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N8" s="34"/>
     </row>
     <row r="9" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B9" s="129" t="s">
-[...32 lines deleted...]
-      <c r="N9" s="142"/>
+      <c r="B9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>165</v>
+      </c>
+      <c r="F9" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G9" s="33" t="s">
+        <v>166</v>
+      </c>
+      <c r="H9" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I9" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="J9" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K9" s="33" t="s">
+        <v>168</v>
+      </c>
+      <c r="L9" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N9" s="42"/>
     </row>
     <row r="10" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B10" s="84" t="s">
-[...28 lines deleted...]
-      <c r="N10" s="144"/>
+      <c r="B10" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="35"/>
+      <c r="F10" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G10" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I10" s="37" t="s">
+        <v>170</v>
+      </c>
+      <c r="J10" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K10" s="37" t="s">
+        <v>171</v>
+      </c>
+      <c r="L10" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N10" s="43"/>
     </row>
     <row r="11" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B11" s="129" t="s">
-[...55 lines deleted...]
-      <c r="J12" s="86">
+      <c r="B11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="32"/>
+      <c r="F11" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="H11" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I11" s="33" t="s">
+        <v>172</v>
+      </c>
+      <c r="J11" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K11" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="L11" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N11" s="43"/>
+    </row>
+    <row r="12" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="35" t="s">
+        <v>174</v>
+      </c>
+      <c r="F12" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G12" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H12" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I12" s="37" t="s">
+        <v>170</v>
+      </c>
+      <c r="J12" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K12" s="37"/>
+      <c r="L12" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N12" s="43"/>
+    </row>
+    <row r="13" spans="2:14" ht="30.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" s="32"/>
+      <c r="F13" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G13" s="33" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I13" s="33" t="s">
+        <v>193</v>
+      </c>
+      <c r="J13" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K13" s="33"/>
+      <c r="L13" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="44" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="14" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="35"/>
+      <c r="F14" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G14" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H14" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H18-#REF!</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="I14" s="37" t="s">
+        <v>177</v>
+      </c>
+      <c r="J14" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K14" s="37" t="s">
+        <v>172</v>
+      </c>
+      <c r="L14" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N14" s="44"/>
+    </row>
+    <row r="15" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" s="40" t="s">
+        <v>178</v>
+      </c>
+      <c r="F15" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G15" s="41" t="s">
+        <v>179</v>
+      </c>
+      <c r="H15" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I15" s="41" t="s">
+        <v>180</v>
+      </c>
+      <c r="J15" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K15" s="41" t="s">
+        <v>181</v>
+      </c>
+      <c r="L15" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M15" s="39"/>
+      <c r="N15" s="45"/>
+    </row>
+    <row r="16" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>183</v>
+      </c>
+      <c r="F16" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G16" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H16" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I16" s="36" t="s">
+        <v>184</v>
+      </c>
+      <c r="J16" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K16" s="36" t="s">
+        <v>170</v>
+      </c>
+      <c r="L16" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N16" s="46"/>
+    </row>
+    <row r="17" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="E17" s="32"/>
+      <c r="F17" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G17" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="H17" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I17" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="J17" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K17" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="L17" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N17" s="45"/>
+    </row>
+    <row r="18" spans="2:16" ht="22.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="K12" s="143"/>
-[...113 lines deleted...]
-      <c r="F16" s="89">
+      <c r="D18" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" s="35"/>
+      <c r="F18" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G18" s="36" t="s">
+        <v>188</v>
+      </c>
+      <c r="H18" s="50" t="s">
+        <v>196</v>
+      </c>
+      <c r="I18" s="36" t="s">
+        <v>190</v>
+      </c>
+      <c r="J18" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K18" s="36" t="s">
+        <v>191</v>
+      </c>
+      <c r="L18" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N18" s="47"/>
+    </row>
+    <row r="19" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" s="32"/>
+      <c r="F19" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G19" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="H19" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I19" s="33"/>
+      <c r="J19" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K19" s="33"/>
+      <c r="L19" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N19" s="46"/>
+    </row>
+    <row r="20" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" s="35" t="s">
+        <v>183</v>
+      </c>
+      <c r="F20" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G20" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H20" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I20" s="37" t="s">
+        <v>191</v>
+      </c>
+      <c r="J20" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K20" s="37" t="s">
+        <v>173</v>
+      </c>
+      <c r="L20" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N20" s="46" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="21" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="10" t="s">
         <v>95</v>
       </c>
-      <c r="G16" s="143" t="s">
-[...174 lines deleted...]
-      <c r="P21" s="155"/>
+      <c r="D21" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E21" s="32"/>
+      <c r="F21" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!F21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!H21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I21" s="33" t="s">
+        <v>192</v>
+      </c>
+      <c r="J21" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!J21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K21" s="33" t="s">
+        <v>173</v>
+      </c>
+      <c r="L21" s="12" t="e">
+        <f>'Cigs-Select Markets-Feb''26 '!L21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N21" s="46"/>
+      <c r="P21" s="38"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="BNOYh7x5BV0AL3c2bdU1dznuMC5yq25QhebtNE9LKUUJiXPJ3H09TXa1qmMEBb/pzxcZnoyxNQWDjJHGCgxaig==" saltValue="PcI8pbf+88xDbGpuLjb6OA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B1:D4 B22:D1048576" name="Range2"/>
     <protectedRange algorithmName="SHA-512" hashValue="23fJgdEDmrYGUVdxrIDjZZjxqFSJ9u9Oswy0To0jQamisCSCNwEJoyWbARy3rbNgOeXmWr4h6XVCubrIlQI5/Q==" saltValue="kwU50BkSRM7yX7+18nD5fw==" spinCount="100000" sqref="B5:N6" name="Range1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B5:D6 B12:D16 B7:B11 B17:B21" name="Range2_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C20:D21" name="Range2_4_1_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C17:D19" name="Range2_2_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C7:D11" name="Range2_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="N5:N6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
-[...2 lines deleted...]
-  </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6F06E36A-E4B1-4492-B8EE-3BBA989DCE93}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:P21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="4" ySplit="6" topLeftCell="E7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C8" sqref="C8"/>
       <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
       <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" style="7"/>
-    <col min="2" max="2" width="22.7109375" style="7" customWidth="1"/>
+    <col min="1" max="1" width="9.42578125" style="7"/>
+    <col min="2" max="2" width="22.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="17" style="7" customWidth="1"/>
-    <col min="4" max="4" width="8.7109375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="8.5703125" style="7" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" style="7" customWidth="1"/>
-    <col min="6" max="6" width="10.28515625" style="7" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="13.28515625" style="7" customWidth="1"/>
+    <col min="6" max="6" width="10.42578125" style="7" customWidth="1"/>
+    <col min="7" max="7" width="21.5703125" style="7" customWidth="1"/>
+    <col min="8" max="8" width="13.42578125" style="7" customWidth="1"/>
     <col min="9" max="9" width="19.5703125" style="7" customWidth="1"/>
-    <col min="10" max="10" width="10.28515625" style="7" customWidth="1"/>
+    <col min="10" max="10" width="10.42578125" style="7" customWidth="1"/>
     <col min="11" max="11" width="31.5703125" style="7" customWidth="1"/>
-    <col min="12" max="12" width="10.28515625" style="7" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="16" max="16384" width="9.28515625" style="7"/>
+    <col min="12" max="12" width="10.42578125" style="7" customWidth="1"/>
+    <col min="13" max="13" width="2.5703125" style="7" customWidth="1"/>
+    <col min="14" max="14" width="59.42578125" style="7" customWidth="1"/>
+    <col min="15" max="15" width="40.5703125" style="7" customWidth="1"/>
+    <col min="16" max="16384" width="9.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B2" s="6" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
     </row>
     <row r="3" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="B3" s="4"/>
     </row>
     <row r="4" spans="2:14" s="2" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="B4" s="164" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="164"/>
+      <c r="B4" s="54" t="s">
+        <v>154</v>
+      </c>
+      <c r="C4" s="54"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
     </row>
     <row r="5" spans="2:14" s="1" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="5"/>
       <c r="E5" s="13" t="s">
-        <v>234</v>
+        <v>155</v>
       </c>
       <c r="F5" s="14"/>
       <c r="G5" s="15" t="s">
-        <v>235</v>
+        <v>156</v>
       </c>
       <c r="H5" s="16"/>
       <c r="I5" s="17" t="s">
-        <v>236</v>
+        <v>157</v>
       </c>
       <c r="J5" s="18"/>
       <c r="K5" s="19" t="s">
-        <v>237</v>
+        <v>158</v>
       </c>
       <c r="L5" s="20"/>
-      <c r="N5" s="162" t="s">
-        <v>14</v>
+      <c r="N5" s="52" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="2:14" s="3" customFormat="1" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" s="25" t="s">
-        <v>238</v>
+        <v>159</v>
       </c>
       <c r="E6" s="21" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="F6" s="21" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="G6" s="22" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="H6" s="22" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="I6" s="23" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="J6" s="23" t="s">
-        <v>232</v>
+        <v>153</v>
       </c>
       <c r="K6" s="24" t="s">
-        <v>231</v>
+        <v>152</v>
       </c>
       <c r="L6" s="24" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="N6" s="163"/>
+        <v>153</v>
+      </c>
+      <c r="N6" s="53"/>
     </row>
     <row r="7" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B7" s="10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C7" s="10" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D7" s="11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E7" s="26"/>
+        <v>23</v>
+      </c>
+      <c r="E7" s="32"/>
       <c r="F7" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F7-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G7" s="33" t="s">
+        <v>169</v>
       </c>
       <c r="H7" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H7-#REF!</f>
-[...2 lines deleted...]
-      <c r="I7" s="27"/>
+        <f>'Cigs-Select Markets-Feb''26 '!H7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I7" s="33"/>
       <c r="J7" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J7-#REF!</f>
-[...3 lines deleted...]
-        <v>240</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K7" s="33" t="s">
+        <v>160</v>
       </c>
       <c r="L7" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L7-#REF!</f>
-[...2 lines deleted...]
-      <c r="N7" s="28"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L7-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N7" s="34"/>
     </row>
     <row r="8" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B8" s="8" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="D8" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>23</v>
+      </c>
+      <c r="E8" s="35" t="s">
+        <v>161</v>
       </c>
       <c r="F8" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F8-#REF!</f>
-[...3 lines deleted...]
-        <v>242</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G8" s="36" t="s">
+        <v>162</v>
       </c>
       <c r="H8" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H8-#REF!</f>
-[...3 lines deleted...]
-        <v>243</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I8" s="36" t="s">
+        <v>163</v>
       </c>
       <c r="J8" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J8-#REF!</f>
-[...3 lines deleted...]
-        <v>244</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K8" s="36" t="s">
+        <v>164</v>
       </c>
       <c r="L8" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L8-#REF!</f>
-[...2 lines deleted...]
-      <c r="N8" s="28"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L8-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N8" s="34"/>
     </row>
     <row r="9" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B9" s="10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C9" s="10" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="D9" s="11" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>23</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>165</v>
       </c>
       <c r="F9" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F9-#REF!</f>
-[...3 lines deleted...]
-        <v>246</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G9" s="33" t="s">
+        <v>166</v>
       </c>
       <c r="H9" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H9-#REF!</f>
-[...3 lines deleted...]
-        <v>247</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I9" s="33" t="s">
+        <v>167</v>
       </c>
       <c r="J9" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J9-#REF!</f>
-[...3 lines deleted...]
-        <v>248</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K9" s="33" t="s">
+        <v>168</v>
       </c>
       <c r="L9" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L9-#REF!</f>
-[...3 lines deleted...]
-        <v>276</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L9-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N9" s="42" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="10" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="8" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="E10" s="29"/>
+        <v>40</v>
+      </c>
+      <c r="E10" s="35"/>
       <c r="F10" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F10-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G10" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="H10" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H10-#REF!</f>
-[...3 lines deleted...]
-        <v>249</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I10" s="37" t="s">
+        <v>170</v>
       </c>
       <c r="J10" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J10-#REF!</f>
-[...3 lines deleted...]
-        <v>250</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K10" s="37" t="s">
+        <v>172</v>
       </c>
       <c r="L10" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L10-#REF!</f>
-[...2 lines deleted...]
-      <c r="N10" s="37"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L10-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N10" s="43"/>
     </row>
     <row r="11" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B11" s="10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="D11" s="11" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E11" s="26"/>
+        <v>23</v>
+      </c>
+      <c r="E11" s="32"/>
       <c r="F11" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F11-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>169</v>
       </c>
       <c r="H11" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H11-#REF!</f>
-[...3 lines deleted...]
-        <v>250</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I11" s="33" t="s">
+        <v>172</v>
       </c>
       <c r="J11" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J11-#REF!</f>
-[...3 lines deleted...]
-        <v>251</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K11" s="33" t="s">
+        <v>173</v>
       </c>
       <c r="L11" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L11-#REF!</f>
-[...2 lines deleted...]
-      <c r="N11" s="37"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L11-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N11" s="43"/>
     </row>
     <row r="12" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B12" s="8" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>56</v>
+      </c>
+      <c r="E12" s="35" t="s">
+        <v>174</v>
       </c>
       <c r="F12" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F12-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G12" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="H12" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H12-#REF!</f>
-[...3 lines deleted...]
-        <v>249</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I12" s="37" t="s">
+        <v>170</v>
       </c>
       <c r="J12" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J12-#REF!</f>
-[...2 lines deleted...]
-      <c r="K12" s="31"/>
+        <f>'Cigs-Select Markets-Feb''26 '!J12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K12" s="37"/>
       <c r="L12" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L12-#REF!</f>
-[...2 lines deleted...]
-      <c r="N12" s="37"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L12-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N12" s="43"/>
     </row>
     <row r="13" spans="2:14" ht="34.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B13" s="10" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>253</v>
+        <v>175</v>
       </c>
       <c r="D13" s="11" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="E13" s="26"/>
+        <v>59</v>
+      </c>
+      <c r="E13" s="32"/>
       <c r="F13" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F13-#REF!</f>
-[...3 lines deleted...]
-        <v>254</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G13" s="33" t="s">
+        <v>176</v>
       </c>
       <c r="H13" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H13-#REF!</f>
-[...3 lines deleted...]
-        <v>255</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I13" s="33" t="s">
+        <v>193</v>
       </c>
       <c r="J13" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J13-#REF!</f>
-[...2 lines deleted...]
-      <c r="K13" s="27"/>
+        <f>'Cigs-Select Markets-Feb''26 '!J17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K13" s="33"/>
       <c r="L13" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L13-#REF!</f>
-[...3 lines deleted...]
-        <v>277</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L17-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N13" s="44" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B14" s="8" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>110</v>
+        <v>64</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E14" s="29"/>
+        <v>65</v>
+      </c>
+      <c r="E14" s="35"/>
       <c r="F14" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F14-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G14" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="H14" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H14-#REF!</f>
-[...3 lines deleted...]
-        <v>256</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H18-#REF!</f>
+        <v>#VALUE!</v>
+      </c>
+      <c r="I14" s="37" t="s">
+        <v>177</v>
       </c>
       <c r="J14" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J14-#REF!</f>
-[...3 lines deleted...]
-        <v>250</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K14" s="37" t="s">
+        <v>172</v>
       </c>
       <c r="L14" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L14-#REF!</f>
-[...2 lines deleted...]
-      <c r="N14" s="38"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L18-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N14" s="44"/>
     </row>
     <row r="15" spans="2:14" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B15" s="10" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>113</v>
+        <v>66</v>
       </c>
       <c r="D15" s="11" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>67</v>
+      </c>
+      <c r="E15" s="40" t="s">
+        <v>178</v>
       </c>
       <c r="F15" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F15-#REF!</f>
-[...3 lines deleted...]
-        <v>258</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G15" s="41" t="s">
+        <v>179</v>
       </c>
       <c r="H15" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H15-#REF!</f>
-[...3 lines deleted...]
-        <v>259</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I15" s="41" t="s">
+        <v>180</v>
       </c>
       <c r="J15" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J15-#REF!</f>
-[...3 lines deleted...]
-        <v>260</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K15" s="41" t="s">
+        <v>181</v>
       </c>
       <c r="L15" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L15-#REF!</f>
-[...4 lines deleted...]
-        <v>278</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L13-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="M15" s="39"/>
+      <c r="N15" s="45" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="16" spans="2:14" ht="30.75" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B16" s="8" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>261</v>
+        <v>182</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>72</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>183</v>
       </c>
       <c r="F16" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F16-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G16" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="H16" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H16-#REF!</f>
-[...3 lines deleted...]
-        <v>263</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I16" s="36" t="s">
+        <v>184</v>
       </c>
       <c r="J16" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J16-#REF!</f>
-[...3 lines deleted...]
-        <v>249</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K16" s="36" t="s">
+        <v>170</v>
       </c>
       <c r="L16" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L16-#REF!</f>
-[...3 lines deleted...]
-        <v>279</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L14-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N16" s="46" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="17" spans="2:16" ht="36" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B17" s="10" t="s">
-        <v>130</v>
+        <v>75</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>264</v>
+        <v>185</v>
       </c>
       <c r="D17" s="11" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="E17" s="26"/>
+        <v>186</v>
+      </c>
+      <c r="E17" s="32"/>
       <c r="F17" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F17-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G17" s="33" t="s">
+        <v>169</v>
       </c>
       <c r="H17" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H17-#REF!</f>
-[...3 lines deleted...]
-        <v>266</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I17" s="33" t="s">
+        <v>195</v>
       </c>
       <c r="J17" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J17-#REF!</f>
-[...3 lines deleted...]
-        <v>267</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K17" s="33" t="s">
+        <v>187</v>
       </c>
       <c r="L17" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L17-#REF!</f>
-[...3 lines deleted...]
-        <v>280</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L15-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N17" s="49" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="18" spans="2:16" ht="22.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B18" s="8" t="s">
-        <v>130</v>
+        <v>75</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E18" s="29"/>
+        <v>77</v>
+      </c>
+      <c r="E18" s="35"/>
       <c r="F18" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F18-#REF!</f>
-[...3 lines deleted...]
-        <v>268</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G18" s="36" t="s">
+        <v>188</v>
       </c>
       <c r="H18" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H18-#REF!</f>
-[...3 lines deleted...]
-        <v>270</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I18" s="36" t="s">
+        <v>190</v>
       </c>
       <c r="J18" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J18-#REF!</f>
-[...3 lines deleted...]
-        <v>271</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K18" s="36" t="s">
+        <v>191</v>
       </c>
       <c r="L18" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L18-#REF!</f>
-[...2 lines deleted...]
-      <c r="N18" s="41"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L16-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N18" s="47"/>
     </row>
     <row r="19" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B19" s="10" t="s">
-        <v>130</v>
+        <v>75</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>137</v>
+        <v>82</v>
       </c>
       <c r="D19" s="11" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E19" s="26"/>
+        <v>83</v>
+      </c>
+      <c r="E19" s="32"/>
       <c r="F19" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F19-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G19" s="33" t="s">
+        <v>169</v>
       </c>
       <c r="H19" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H19-#REF!</f>
-[...2 lines deleted...]
-      <c r="I19" s="27"/>
+        <f>'Cigs-Select Markets-Feb''26 '!H19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I19" s="33"/>
       <c r="J19" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J19-#REF!</f>
-[...2 lines deleted...]
-      <c r="K19" s="27"/>
+        <f>'Cigs-Select Markets-Feb''26 '!J19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K19" s="33"/>
       <c r="L19" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L19-#REF!</f>
-[...2 lines deleted...]
-      <c r="N19" s="40"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L19-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N19" s="46"/>
     </row>
     <row r="20" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B20" s="8" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>272</v>
+        <v>128</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>129</v>
+      </c>
+      <c r="E20" s="35" t="s">
+        <v>183</v>
       </c>
       <c r="F20" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F20-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G20" s="37" t="s">
+        <v>169</v>
       </c>
       <c r="H20" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H20-#REF!</f>
-[...3 lines deleted...]
-        <v>271</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I20" s="37" t="s">
+        <v>191</v>
       </c>
       <c r="J20" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J20-#REF!</f>
-[...3 lines deleted...]
-        <v>251</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K20" s="37" t="s">
+        <v>173</v>
       </c>
       <c r="L20" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L20-#REF!</f>
-[...3 lines deleted...]
-        <v>275</v>
+        <f>'Cigs-Select Markets-Feb''26 '!L20-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N20" s="48" t="s">
+        <v>197</v>
       </c>
     </row>
     <row r="21" spans="2:16" ht="19.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B21" s="10" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="C21" s="10" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="D21" s="11" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="E21" s="26"/>
+        <v>96</v>
+      </c>
+      <c r="E21" s="32"/>
       <c r="F21" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!F21-#REF!</f>
-[...3 lines deleted...]
-        <v>239</v>
+        <f>'Cigs-Select Markets-Feb''26 '!F21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="G21" s="33" t="s">
+        <v>169</v>
       </c>
       <c r="H21" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!H21-#REF!</f>
-[...3 lines deleted...]
-        <v>274</v>
+        <f>'Cigs-Select Markets-Feb''26 '!H21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="I21" s="33" t="s">
+        <v>192</v>
       </c>
       <c r="J21" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!J21-#REF!</f>
-[...3 lines deleted...]
-        <v>251</v>
+        <f>'Cigs-Select Markets-Feb''26 '!J21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="K21" s="33" t="s">
+        <v>173</v>
       </c>
       <c r="L21" s="12" t="e">
-        <f>'Cigs-Select Markets - Oct''25 '!L21-#REF!</f>
-[...3 lines deleted...]
-      <c r="P21" s="32"/>
+        <f>'Cigs-Select Markets-Feb''26 '!L21-#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="N21" s="46"/>
+      <c r="P21" s="38"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B1:D4 B22:D1048576" name="Range2"/>
     <protectedRange algorithmName="SHA-512" hashValue="23fJgdEDmrYGUVdxrIDjZZjxqFSJ9u9Oswy0To0jQamisCSCNwEJoyWbARy3rbNgOeXmWr4h6XVCubrIlQI5/Q==" saltValue="kwU50BkSRM7yX7+18nD5fw==" spinCount="100000" sqref="B5:N6" name="Range1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="B5:D6 B12:D16 B7:B11 B17:B21" name="Range2_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C20:D21" name="Range2_4_1_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C17:D19" name="Range2_2_1_1_1"/>
     <protectedRange algorithmName="SHA-512" hashValue="QEXuVbjUZeHKS+/i8r9jRN3t/kEf5J4n5zwWft+Jus4LQiBLJP5HAz9L6szxI+E7zNtnlsOxT7it9HA1nsCZSA==" saltValue="e80hYoQ00t1V+u7VzbG9Tw==" spinCount="100000" sqref="C7:D11" name="Range2_1_1_1_1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="N5:N6"/>
   </mergeCells>
   <conditionalFormatting sqref="F7:F21 H7:H21 J7:J21 L7:L21">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;8&amp;K000000 Public</oddFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;8&amp;KFF0000 Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003CF7212FC85D5E4FBF0205402575EC9E" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="da5c4674fe9a324d76f712a3e95694ea">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="055ffc3d-709a-48e3-9cb8-fc4e7286c307" xmlns:ns3="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e86e6b29a14dfef97b48532368615b33" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003CF7212FC85D5E4FBF0205402575EC9E" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9a6ac2ac2a496964d8de4d18781b3a02">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="055ffc3d-709a-48e3-9cb8-fc4e7286c307" xmlns:ns3="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1a3509ba73ed62f1c1f594ed8b62a5e" ns2:_="" ns3:_="">
     <xsd:import namespace="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
     <xsd:import namespace="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -10740,144 +7488,145 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="055ffc3d-709a-48e3-9cb8-fc4e7286c307">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A80DA428-DFE3-4CA7-88EF-2F646798E206}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4699F4FA-C08F-44C4-BEFE-E0D45267B15C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
     <ds:schemaRef ds:uri="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D9AD0A3-8B72-42AA-B6F3-5A68F259D1F6}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B769DD08-BE61-4A60-ABC0-05C38B6175F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D9AD0A3-8B72-42AA-B6F3-5A68F259D1F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="23468818-ffc3-4112-835a-2ff41532bb28"/>
+    <ds:schemaRef ds:uri="96a8dfed-e9cb-407d-87f5-cf08a3a523aa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d95f0c9e-81b2-4a25-9a1e-5cec8731ab6e"/>
+    <ds:schemaRef ds:uri="055ffc3d-709a-48e3-9cb8-fc4e7286c307"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{7bce0314-66d2-465d-a4b8-04cf0abcda4d}" enabled="1" method="Privileged" siteId="{8b86a65e-3c3a-4406-8ac3-19a6b5cc52bc}" removed="0"/>
+  <clbl:label id="{50a3a2e3-32bd-47ea-88d3-b819df24300c}" enabled="1" method="Privileged" siteId="{8b86a65e-3c3a-4406-8ac3-19a6b5cc52bc}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Cigs-Select Markets - Oct'25 </vt:lpstr>
+    <vt:vector size="7" baseType="lpstr">
+      <vt:lpstr>HnB-Select Markets-Feb'26</vt:lpstr>
+      <vt:lpstr>Vaping-Select Markets-Feb'26</vt:lpstr>
+      <vt:lpstr>Pouches-Select Markets-Feb'26</vt:lpstr>
+      <vt:lpstr>Nic. Pouch-U.S.- Feb'26</vt:lpstr>
+      <vt:lpstr>Cigs-Select Markets-Feb'26 </vt:lpstr>
+      <vt:lpstr>Cigs-Select - Oct vs. July</vt:lpstr>
       <vt:lpstr>Cigs-Select Markets - Comp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mastromattei, Francesca</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>